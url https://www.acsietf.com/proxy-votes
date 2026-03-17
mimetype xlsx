--- v0 (2025-10-09)
+++ v1 (2026-03-17)
@@ -1,85 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://torosoinv-my.sharepoint.com/personal/jsmith_tidalfg_com/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\Fund Admin - Operations\Fund Admin Support\N-PX 2025\BROADRIDGE\Downloaded Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BA643B7D-A00A-4A2C-87AF-804A4A717F63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3F27D969-420D-49F0-B5C6-9CFE355F7CD0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="32025" yWindow="1770" windowWidth="13905" windowHeight="11145" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="VoteTable" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="VoteTableHeader" localSheetId="0">VoteTable!$A$1:$Q$2</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4672" uniqueCount="588">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5933" uniqueCount="612">
   <si>
     <t>FORM N-PX PROXY VOTING RECORD</t>
   </si>
   <si>
     <t>NAME OF ISSUER</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>FIGI</t>
   </si>
   <si>
     <t>MEETING DATE</t>
   </si>
   <si>
     <t>VOTE DESCRIPTION</t>
   </si>
   <si>
     <t>VOTE CATEGORY</t>
   </si>
   <si>
@@ -99,1762 +87,1829 @@
     <t>HOW VOTED</t>
   </si>
   <si>
     <t>FOR/AGAINST
 MANAGEMENT</t>
   </si>
   <si>
     <t>MANAGER NUMBER</t>
   </si>
   <si>
     <t>SERIES ID</t>
   </si>
   <si>
     <t>OTHER INFO</t>
   </si>
   <si>
     <t>ALASKA AIR GROUP, INC.</t>
   </si>
   <si>
     <t>011659109</t>
   </si>
   <si>
     <t>US0116591092</t>
   </si>
   <si>
-    <t>Election of Directors to One-Year Terms Patricia M. Bedient</t>
+    <t>DIRECTOR: Patricia M. Bedient</t>
   </si>
   <si>
     <t>Director Elections</t>
   </si>
   <si>
     <t>ISSUER</t>
   </si>
   <si>
+    <t>38984</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
     <t>FOR</t>
   </si>
   <si>
-    <t>55792</t>
-[...2 lines deleted...]
-    <t>2</t>
+    <t>1</t>
   </si>
   <si>
     <t>S000071844</t>
   </si>
   <si>
-    <t>Election of Directors to One-Year Terms James A. Beer</t>
-[...26 lines deleted...]
-    <t>Approval (on an advisory basis) the compensation of the Company's Named Executive Officers</t>
+    <t>DIRECTOR: James A. Beer</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Raymond L. Conner</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Daniel K. Elwell</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Kathleen T. Hogan</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Adrienne R. Lofton</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Ben Minicucci</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Helvi K. Sandvik</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Peter A. Shimer</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Eric K. Yeaman</t>
+  </si>
+  <si>
+    <t>Approval (on an advisory basis) the compensation of the Company's Named Executive Officers.</t>
   </si>
   <si>
     <t>Section 14A Say-On-Pay Votes</t>
   </si>
   <si>
-    <t>Ratify the appointment of KPMG LLP as the Company's independent registered public accountants for the fiscal year 2024</t>
+    <t>Ratification of the appointment of KPMG LLP as the Company's independent registered public accountants for the fiscal year 2025.</t>
   </si>
   <si>
     <t>Audit-Related</t>
   </si>
   <si>
+    <t>Approval of amendments to the Company's Amended and Restated Certificate of Incorporation (Certificate of Incorporation) to comply with foreign ownership limitations imposed by federal law on U.S. air carriers.</t>
+  </si>
+  <si>
+    <t>Corporate Governance</t>
+  </si>
+  <si>
+    <t>Approval of amendments to the Certificate of Incorporation to provide for exculpation of certain officers and remove obsolete provisions.</t>
+  </si>
+  <si>
+    <t>Approval of amendments to the Company's 2016 Performance Incentive Plan.</t>
+  </si>
+  <si>
+    <t>Compensation</t>
+  </si>
+  <si>
+    <t>Approval of amendments to the Company's Employee Stock Purchase Plan.</t>
+  </si>
+  <si>
+    <t>Capital Structure</t>
+  </si>
+  <si>
+    <t>A stockholder proposal to amend the Company's clawback policy.</t>
+  </si>
+  <si>
+    <t>SECURITY HOLDER</t>
+  </si>
+  <si>
+    <t>AGAINST</t>
+  </si>
+  <si>
     <t>AMAZON.COM, INC.</t>
   </si>
   <si>
     <t>023135106</t>
   </si>
   <si>
     <t>US0231351067</t>
   </si>
   <si>
-    <t>Election of Directors Jeffrey P. Bezos</t>
-[...38 lines deleted...]
-    <t>Ratification of the appointment of Ernst &amp; Young LLP as independent auditors</t>
+    <t>ELECTION OF DIRECTOR: Jeffrey P. Bezos</t>
+  </si>
+  <si>
+    <t>18884</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Andrew R. Jassy</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Keith B. Alexander</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Edith W. Cooper</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Jamie S. Gorelick</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Daniel P. Huttenlocher</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Andrew Y. Ng</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Indra K. Nooyi</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Jonathan J. Rubinstein</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Brad D. Smith</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Patricia Q. Stonesifer</t>
+  </si>
+  <si>
+    <t>ELECTION OF DIRECTOR: Wendell P. Weeks</t>
+  </si>
+  <si>
+    <t>RATIFICATION OF THE APPOINTMENT OF ERNST &amp; YOUNG LLP AS INDEPENDENT AUDITORS</t>
+  </si>
+  <si>
+    <t>ADVISORY VOTE TO APPROVE EXECUTIVE COMPENSATION</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING A MANDATORY POLICY SEPARATING THE ROLES OF CEO AND CHAIR OF THE BOARD</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING A REPORT ON ADVERTISING RISKS</t>
+  </si>
+  <si>
+    <t>Other Social Issues</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING ALTERNATIVE EMISSIONS REPORTING</t>
+  </si>
+  <si>
+    <t>Environment or Climate</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING ADDITIONAL REPORTING ON IMPACT OF DATA CENTERS ON CLIMATE COMMITMENTS</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING AN ASSESSMENT OF BOARD STRUCTURE FOR OVERSIGHT OF AI</t>
+  </si>
+  <si>
+    <t>Human Rights or Human Capital/Workforce</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING A REPORT ON PACKAGING MATERIALS</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING A REPORT ON WAREHOUSE WORKING CONDITIONS</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL REQUESTING A REPORT ON DATA USAGE OVERSIGHT IN AI OFFERINGS</t>
+  </si>
+  <si>
+    <t>AMEREN CORPORATION</t>
+  </si>
+  <si>
+    <t>023608102</t>
+  </si>
+  <si>
+    <t>US0236081024</t>
+  </si>
+  <si>
+    <t>Election of Director: CYNTHIA J. BRINKLEY</t>
+  </si>
+  <si>
+    <t>13418</t>
+  </si>
+  <si>
+    <t>Election of Director: CATHERINE S. BRUNE</t>
+  </si>
+  <si>
+    <t>Election of Director: WARD H. DICKSON</t>
+  </si>
+  <si>
+    <t>Nominee withdrawn</t>
+  </si>
+  <si>
+    <t>Election of Director: ELLEN M. FITZSIMMONS</t>
+  </si>
+  <si>
+    <t>Election of Director: RAFAEL FLORES</t>
+  </si>
+  <si>
+    <t>Election of Director: RICHARD J. HARSHMAN</t>
+  </si>
+  <si>
+    <t>Election of Director: CRAIG S. IVEY</t>
+  </si>
+  <si>
+    <t>Election of Director: STEVEN H. LIPSTEIN</t>
+  </si>
+  <si>
+    <t>Election of Director: MARTIN J. LYONS, JR.</t>
+  </si>
+  <si>
+    <t>Election of Director: LEO S. MACKAY, JR.</t>
+  </si>
+  <si>
+    <t>Election of Director: STEVEN O. VONDRAN</t>
+  </si>
+  <si>
+    <t>COMPANY PROPOSAL - ADVISORY APPROVAL OF COMPENSATION OF THE NAMED EXECUTIVE OFFICERS DISCLOSED IN THE PROXY STATEMENT.</t>
+  </si>
+  <si>
+    <t>COMPANY PROPOSAL - RATIFICATION OF THE APPOINTMENT OF PRICEWATERHOUSECOOPERS LLP AS INDEPENDENT REGISTERED PUBLIC ACCOUNTING FIRM FOR THE FISCAL YEAR ENDING DECEMBER 31, 2025.</t>
+  </si>
+  <si>
+    <t>SHAREHOLDER PROPOSAL - EVALUATION BY A THIRD-PARTY OF SHORT- AND MEDIUM-TERM GREENHOUSE GAS EMISSIONS REDUCTION TARGETS.</t>
+  </si>
+  <si>
+    <t>APPLE INC.</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>Election of Director: Wanda Austin</t>
+  </si>
+  <si>
+    <t>28200</t>
+  </si>
+  <si>
+    <t>Election of Director: Tim Cook</t>
+  </si>
+  <si>
+    <t>Election of Director: Alex Gorsky</t>
+  </si>
+  <si>
+    <t>Election of Director: Andrea Jung</t>
+  </si>
+  <si>
+    <t>Election of Director: Art Levinson</t>
+  </si>
+  <si>
+    <t>Election of Director: Monica Lozano</t>
+  </si>
+  <si>
+    <t>Election of Director: Ron Sugar</t>
+  </si>
+  <si>
+    <t>Election of Director: Sue Wagner</t>
+  </si>
+  <si>
+    <t>Ratification of the appointment of Ernst &amp; Young LLP as Apple's independent registered public accounting firm for fiscal 2025</t>
   </si>
   <si>
     <t>Advisory vote to approve executive compensation</t>
   </si>
   <si>
-    <t>Shareholder Proposal Requesting an Additional Board Committee to Oversee Public Policy</t>
+    <t>A shareholder proposal entitled "Report on Ethical AI Data Acquisition and Usage"</t>
+  </si>
+  <si>
+    <t>A shareholder proposal entitled "Report on Costs and Benefits of Child Sex Abuse Material-Identifying Software &amp; User Privacy"</t>
+  </si>
+  <si>
+    <t>A shareholder proposal entitled "Request to Cease DEI Efforts"</t>
+  </si>
+  <si>
+    <t>A shareholder proposal entitled "Report on Charitable Giving"</t>
+  </si>
+  <si>
+    <t>AT&amp;T INC.</t>
+  </si>
+  <si>
+    <t>00206R102</t>
+  </si>
+  <si>
+    <t>US00206R1023</t>
+  </si>
+  <si>
+    <t>Election of Director: Scott T. Ford</t>
+  </si>
+  <si>
+    <t>122541</t>
+  </si>
+  <si>
+    <t>Election of Director: William E. Kennard</t>
+  </si>
+  <si>
+    <t>Election of Director: Stephen J. Luczo</t>
+  </si>
+  <si>
+    <t>Election of Director: Marissa A. Mayer</t>
+  </si>
+  <si>
+    <t>Election of Director: Michael B. McCallister</t>
+  </si>
+  <si>
+    <t>Election of Director: Beth E. Mooney</t>
+  </si>
+  <si>
+    <t>Election of Director: Matthew K. Rose</t>
+  </si>
+  <si>
+    <t>Election of Director: John T. Stankey</t>
+  </si>
+  <si>
+    <t>Election of Director: Cynthia B. Taylor</t>
+  </si>
+  <si>
+    <t>Election of Director: Luis A. Ubiñas</t>
+  </si>
+  <si>
+    <t>Ratification of the Appointment of Ernst &amp; Young LLP as Independent Auditors</t>
+  </si>
+  <si>
+    <t>Advisory Approval of Executive Compensation</t>
+  </si>
+  <si>
+    <t>ATMOS ENERGY CORPORATION</t>
+  </si>
+  <si>
+    <t>049560105</t>
+  </si>
+  <si>
+    <t>US0495601058</t>
+  </si>
+  <si>
+    <t>Election of Director: J. Kevin Akers</t>
+  </si>
+  <si>
+    <t>8161</t>
+  </si>
+  <si>
+    <t>Election of Director: John C. Ale</t>
+  </si>
+  <si>
+    <t>Election of Director: Kim R. Cocklin</t>
+  </si>
+  <si>
+    <t>Election of Director: Kelly H. Compton</t>
+  </si>
+  <si>
+    <t>Election of Director: Sean Donohue</t>
+  </si>
+  <si>
+    <t>Election of Director: Rafael G. Garza</t>
+  </si>
+  <si>
+    <t>Election of Director: Edward J. Geiser</t>
+  </si>
+  <si>
+    <t>Election of Director: Nancy K. Quinn</t>
+  </si>
+  <si>
+    <t>Election of Director: Richard A. Sampson</t>
+  </si>
+  <si>
+    <t>Election of Director: Telisa Toliver</t>
+  </si>
+  <si>
+    <t>Election of Director: Frank Yoho</t>
+  </si>
+  <si>
+    <t>Proposal to approve an amendment to the Company's 1998 Long - Term Incentive Plan to provide for an increase of 2,000,000 shares of common stock reserved for issuance under the plan.</t>
+  </si>
+  <si>
+    <t>Proposal to ratify the appointment of Ernst &amp; Young LLP as the Company's independent registered public accounting firm for fiscal 2025.</t>
+  </si>
+  <si>
+    <t>Proposal for an advisory vote by shareholders to approve the compensation of the Company's named executive officers for fiscal 2024 ("Say-on-Pay").</t>
+  </si>
+  <si>
+    <t>COSTCO WHOLESALE CORPORATION</t>
+  </si>
+  <si>
+    <t>22160K105</t>
+  </si>
+  <si>
+    <t>US22160K1051</t>
+  </si>
+  <si>
+    <t>Election of Director: Susan L. Decker</t>
+  </si>
+  <si>
+    <t>5815</t>
+  </si>
+  <si>
+    <t>Election of Director: Kenneth D. Denman</t>
+  </si>
+  <si>
+    <t>Election of Director: Helena B. Foulkes</t>
+  </si>
+  <si>
+    <t>Election of Director: Hamilton E. James</t>
+  </si>
+  <si>
+    <t>Election of Director: Sally Jewell</t>
+  </si>
+  <si>
+    <t>Election of Director: Jeffrey S. Raikes</t>
+  </si>
+  <si>
+    <t>Election of Director: John W. Stanton</t>
+  </si>
+  <si>
+    <t>Election of Director: Ron M. Vachris</t>
+  </si>
+  <si>
+    <t>Election of Director: Maggie Wilderotter</t>
+  </si>
+  <si>
+    <t>Ratification of selection of independent auditors.</t>
+  </si>
+  <si>
+    <t>Approval, on an advisory basis, of executive compensation.</t>
+  </si>
+  <si>
+    <t>Shareholder proposal requesting report on the risks of maintaining DEI efforts.</t>
+  </si>
+  <si>
+    <t>ENTERGY CORPORATION</t>
+  </si>
+  <si>
+    <t>29364G103</t>
+  </si>
+  <si>
+    <t>US29364G1031</t>
+  </si>
+  <si>
+    <t>Election of Director: Gina F. Adams</t>
+  </si>
+  <si>
+    <t>15505</t>
+  </si>
+  <si>
+    <t>Election of Director: John H. Black</t>
+  </si>
+  <si>
+    <t>Election of Director: John R. Burbank</t>
+  </si>
+  <si>
+    <t>Election of Director: Kirkland H. Donald</t>
+  </si>
+  <si>
+    <t>Election of Director: Brian W. Ellis</t>
+  </si>
+  <si>
+    <t>Election of Director: Philip L. Frederickson</t>
+  </si>
+  <si>
+    <t>Election of Director: M. Elise Hyland</t>
+  </si>
+  <si>
+    <t>Election of Director: Stuart L. Levenick</t>
+  </si>
+  <si>
+    <t>Election of Director: Andrew S. Marsh</t>
+  </si>
+  <si>
+    <t>Election of Director: Karen A. Puckett</t>
+  </si>
+  <si>
+    <t>Ratification of the Appointment of Deloitte &amp; Touche LLP as Entergy's Independent Registered Public Accountants for 2025.</t>
+  </si>
+  <si>
+    <t>Advisory Vote to Approve Named Executive Officer Compensation.</t>
+  </si>
+  <si>
+    <t>FEDEX CORPORATION</t>
+  </si>
+  <si>
+    <t>31428X106</t>
+  </si>
+  <si>
+    <t>US31428X1063</t>
+  </si>
+  <si>
+    <t>Election of Director: SILVIA DAVILA</t>
+  </si>
+  <si>
+    <t>6773</t>
+  </si>
+  <si>
+    <t>Election of Director: MARVIN R. ELLISON</t>
+  </si>
+  <si>
+    <t>Election of Director: STEPHEN E. GORMAN</t>
+  </si>
+  <si>
+    <t>Election of Director: SUSAN PATRICIA GRIFFITH</t>
+  </si>
+  <si>
+    <t>Election of Director: AMY B. LANE</t>
+  </si>
+  <si>
+    <t>Election of Director: R. BRAD MARTIN</t>
+  </si>
+  <si>
+    <t>Election of Director: NANCY A. NORTON</t>
+  </si>
+  <si>
+    <t>Election of Director: FREDERICK P. PERPALL</t>
+  </si>
+  <si>
+    <t>Election of Director: JOSHUA COOPER RAMO</t>
+  </si>
+  <si>
+    <t>Election of Director: SUSAN C. SCHWAB</t>
+  </si>
+  <si>
+    <t>Election of Director: FREDERICK W. SMITH</t>
+  </si>
+  <si>
+    <t>Election of Director: DAVID P. STEINER</t>
+  </si>
+  <si>
+    <t>Election of Director: RAJESH SUBRAMANIAM</t>
+  </si>
+  <si>
+    <t>Election of Director: PAUL S. WALSH</t>
+  </si>
+  <si>
+    <t>Advisory vote to approve named executive officer compensation.</t>
+  </si>
+  <si>
+    <t>Ratify the appointment of Ernst &amp; Young LLP as FedEx's independent registered public accounting firm for fiscal year 2025.</t>
+  </si>
+  <si>
+    <t>Approval of an amendment to the Third Amended and Restated Certificate of Incorporation of FedEx Corporation to limit liability of certain officers as permitted by law.</t>
+  </si>
+  <si>
+    <t>Approval of an amendment to the Third Restated Certificate of Incorporation of Federal Express Corporation to remove the "pass-through voting" provision that requires the approval of FedEx Corporation's stockholders in addition to the approval of FedEx Corporation, as sole stockholder, in order for Federal Express Corporation to take certain actions.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal regarding a Just Transition report.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal regarding shareholder input on bylaw amendments.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal regarding climate lobbying alignment with company's carbon neutral goals.</t>
+  </si>
+  <si>
+    <t>HILTON WORLDWIDE HOLDINGS INC.</t>
+  </si>
+  <si>
+    <t>43300A203</t>
+  </si>
+  <si>
+    <t>US43300A2033</t>
+  </si>
+  <si>
+    <t>Election of Director: Christopher J. Nassetta</t>
+  </si>
+  <si>
+    <t>9816</t>
+  </si>
+  <si>
+    <t>Election of Director: Jonathan D. Gray</t>
+  </si>
+  <si>
+    <t>Election of Director: Charlene T. Begley</t>
+  </si>
+  <si>
+    <t>Election of Director: Chris Carr</t>
+  </si>
+  <si>
+    <t>Election of Director: Melanie L. Healey</t>
+  </si>
+  <si>
+    <t>Election of Director: Raymond E. Mabus, Jr.</t>
+  </si>
+  <si>
+    <t>Election of Director: Elizabeth A. Smith</t>
+  </si>
+  <si>
+    <t>Election of Director: Douglas M. Steenland</t>
+  </si>
+  <si>
+    <t>Ratification of the appointment of Ernst &amp; Young LLP as the Company's independent registered public accounting firm for 2025.</t>
+  </si>
+  <si>
+    <t>Approval, in a non-binding advisory vote, of the compensation paid to the Company's named executive officers.</t>
+  </si>
+  <si>
+    <t>Approval of an amendment to the certificate of incorporation to remove the supermajority requirement for stockholders to amend the by-laws.</t>
+  </si>
+  <si>
+    <t>Approval of amendments to the certificate of incorporation to limit liability of certain officers as permitted by law and eliminate provisions that are no longer applicable.</t>
+  </si>
+  <si>
+    <t>HUMANA INC.</t>
+  </si>
+  <si>
+    <t>444859102</t>
+  </si>
+  <si>
+    <t>US4448591028</t>
+  </si>
+  <si>
+    <t>Election of Director: Raquel C. Bono, M.D.</t>
+  </si>
+  <si>
+    <t>10582</t>
+  </si>
+  <si>
+    <t>Election of Director: Frank A. D'Amelio</t>
+  </si>
+  <si>
+    <t>Election of Director: David T. Feinberg, M.D.</t>
+  </si>
+  <si>
+    <t>Election of Director: Wayne A. I. Frederick, M.D.</t>
+  </si>
+  <si>
+    <t>Election of Director: John W. Garratt</t>
+  </si>
+  <si>
+    <t>Election of Director: Kurt J. Hilzinger</t>
+  </si>
+  <si>
+    <t>Election of Director: Karen W. Katz</t>
+  </si>
+  <si>
+    <t>Election of Director: Marcy S. Klevorn</t>
+  </si>
+  <si>
+    <t>Election of Director: Jorge S. Mesquita</t>
+  </si>
+  <si>
+    <t>Election of Director: James A. Rechtin</t>
+  </si>
+  <si>
+    <t>Election of Director: Gordon Smith</t>
+  </si>
+  <si>
+    <t>The ratification of the appointment of PricewaterhouseCoopers LLP as the Company's independent registered public accounting firm.</t>
+  </si>
+  <si>
+    <t>Non-binding advisory vote for the approval of the compensation of the named executive officers as disclosed in the 2025 proxy statement.</t>
+  </si>
+  <si>
+    <t>JPMORGAN CHASE &amp; CO.</t>
+  </si>
+  <si>
+    <t>46625H100</t>
+  </si>
+  <si>
+    <t>US46625H1005</t>
+  </si>
+  <si>
+    <t>Election of Director: Linda B. Bammann</t>
+  </si>
+  <si>
+    <t>14774</t>
+  </si>
+  <si>
+    <t>Election of Director: Michele G. Buck</t>
+  </si>
+  <si>
+    <t>Election of Director: Stephen B. Burke</t>
+  </si>
+  <si>
+    <t>Election of Director: Todd A. Combs</t>
+  </si>
+  <si>
+    <t>Election of Director: Alicia Boler Davis</t>
+  </si>
+  <si>
+    <t>Election of Director: James Dimon</t>
+  </si>
+  <si>
+    <t>Election of Director: Mellody Hobson</t>
+  </si>
+  <si>
+    <t>Election of Director: Phebe N. Novakovic</t>
+  </si>
+  <si>
+    <t>Election of Director: Virginia M. Rometty</t>
+  </si>
+  <si>
+    <t>Election of Director: Brad D. Smith</t>
+  </si>
+  <si>
+    <t>Election of Director: Mark A. Weinberger</t>
+  </si>
+  <si>
+    <t>Advisory resolution to approve executive compensation</t>
+  </si>
+  <si>
+    <t>Ratification of independent registered public accounting firm</t>
+  </si>
+  <si>
+    <t>Support for an independent board chairman</t>
+  </si>
+  <si>
+    <t>Report on social impacts of transition finance</t>
+  </si>
+  <si>
+    <t>META PLATFORMS, INC.</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Peggy Alford</t>
+  </si>
+  <si>
+    <t>6713</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Marc L. Andreessen</t>
+  </si>
+  <si>
+    <t>DIRECTOR: John Arnold</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Patrick Collison</t>
+  </si>
+  <si>
+    <t>DIRECTOR: John Elkann</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Andrew W. Houston</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Nancy Killefer</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Robert M. Kimmitt</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Dina Powell McCormick</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Charles Songhurst</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Hock E. Tan</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Tracey T. Travis</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Dana White</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Tony Xu</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Mark Zuckerberg</t>
+  </si>
+  <si>
+    <t>To ratify the appointment of Ernst &amp; Young LLP as Meta Platforms, Inc.'s independent registered public accounting firm for the fiscal year ending December 31, 2025.</t>
+  </si>
+  <si>
+    <t>To approve Meta Platforms, Inc.'s 2025 Equity Incentive Plan.</t>
+  </si>
+  <si>
+    <t>To approve, on a non-binding advisory basis, the compensation program for Meta Platforms, Inc.'s named executive officers as disclosed in Meta Platforms, Inc.'s proxy statement.</t>
+  </si>
+  <si>
+    <t>To vote, on a non-binding advisory basis, whether a non-binding advisory vote on the compensation program for Meta Platforms, Inc.'s named executive officers should be held every one, two or three years.</t>
+  </si>
+  <si>
+    <t>3 YEARS</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding dual class capital structure.</t>
+  </si>
+  <si>
+    <t>Shareholder Rights and Defenses</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding disclosure of voting results based on class of shares.</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding report on hate targeting marginalized communities.</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding report on child safety impacts and actual harm reduction to children.</t>
+  </si>
+  <si>
+    <t>Human Rights or Human Capital/Workforce
+Other Social Issues</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding report on risks of deepfakes in online child exploitation.</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding report on AI data usage oversight.</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding GHG emissions reduction actions.</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding Bitcoin treasury assessment.</t>
+  </si>
+  <si>
+    <t>A shareholder proposal regarding report on data collection and advertising practices.</t>
+  </si>
+  <si>
+    <t>MICROSOFT CORPORATION</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>Election of Director: Reid G. Hoffman</t>
+  </si>
+  <si>
+    <t>9262</t>
+  </si>
+  <si>
+    <t>Election of Director: Hugh F. Johnston</t>
+  </si>
+  <si>
+    <t>Election of Director: Teri L. List</t>
+  </si>
+  <si>
+    <t>Election of Director: Catherine MacGregor</t>
+  </si>
+  <si>
+    <t>Election of Director: Mark A. L. Mason</t>
+  </si>
+  <si>
+    <t>Election of Director: Satya Nadella</t>
+  </si>
+  <si>
+    <t>Election of Director: Sandra E. Peterson</t>
+  </si>
+  <si>
+    <t>Election of Director: Penny S. Pritzker</t>
+  </si>
+  <si>
+    <t>Election of Director: Carlos A. Rodriguez</t>
+  </si>
+  <si>
+    <t>Election of Director: Charles W. Scharf</t>
+  </si>
+  <si>
+    <t>Election of Director: Emma N. Walmsley</t>
+  </si>
+  <si>
+    <t>Advisory Vote to Approve Named Executive Officer Compensation ("say-on-pay vote").</t>
+  </si>
+  <si>
+    <t>Ratification of the Selection of Deloitte &amp; Touche LLP as our Independent Auditor for Fiscal Year 2025.</t>
+  </si>
+  <si>
+    <t>Report on Risks of Weapons Development.</t>
+  </si>
+  <si>
+    <t>Assessment of Investing in Bitcoin.</t>
+  </si>
+  <si>
+    <t>Report on Data Operations in Human Rights Hotspots.</t>
+  </si>
+  <si>
+    <t>Report on Artificial Intelligence and Machine Learning Tools for Oil and Gas Development and Production.</t>
+  </si>
+  <si>
+    <t>Report on AI Misinformation and Disinformation.</t>
+  </si>
+  <si>
+    <t>Report on AI Data Sourcing Accountability.</t>
+  </si>
+  <si>
+    <t>MOTOROLA SOLUTIONS, INC.</t>
+  </si>
+  <si>
+    <t>620076307</t>
+  </si>
+  <si>
+    <t>US6200763075</t>
+  </si>
+  <si>
+    <t>Election of Director for a One-Year Term: Gregory Q. Brown</t>
+  </si>
+  <si>
+    <t>4541</t>
+  </si>
+  <si>
+    <t>Election of Director for a One-Year Term: Nicole Anasenes</t>
+  </si>
+  <si>
+    <t>Election of Director for a One-Year Term: Kenneth D. Denman</t>
+  </si>
+  <si>
+    <t>Election of Director for a One-Year Term: Ayanna M. Howard</t>
+  </si>
+  <si>
+    <t>Election of Director for a One-Year Term: Elizabeth D. Mann</t>
+  </si>
+  <si>
+    <t>Election of Director for a One-Year Term: Gregory K. Mondre</t>
+  </si>
+  <si>
+    <t>Election of Director for a One-Year Term: Joseph M. Tucci</t>
+  </si>
+  <si>
+    <t>Ratification of the Appointment of PricewaterhouseCoopers LLP as the Company's Independent Registered Public Accounting Firm for 2025.</t>
+  </si>
+  <si>
+    <t>Advisory Approval of the Company's Executive Compensation.</t>
+  </si>
+  <si>
+    <t>NETFLIX, INC.</t>
+  </si>
+  <si>
+    <t>64110L106</t>
+  </si>
+  <si>
+    <t>US64110L1061</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Richard Barton</t>
+  </si>
+  <si>
+    <t>3173</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Mathias Döpfner</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Reed Hastings</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Jay Hoag</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Leslie Kilgore</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Strive Masiyiwa</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Ann Mather</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Greg Peters</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Ambassador Susan Rice</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Ted Sarandos</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Brad Smith</t>
+  </si>
+  <si>
+    <t>Election of Director to hold office until the 2026 Annual Meeting of Stockholders: Anne Sweeney</t>
+  </si>
+  <si>
+    <t>Ratification of appointment of independent registered public accounting firm.</t>
+  </si>
+  <si>
+    <t>Advisory approval of named executive officer compensation.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal entitled, "Issue a Climate Transition Plan," if properly presented at the meeting.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal entitled, "Proposal 5 - Proposal that Won 45% NFLX Shareholder Support," if properly presented at the meeting.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal entitled, "Amend the Code of Ethics to enhance policies on non-discrimination, anti-harassment, and whistleblower protection," if properly presented at the meeting.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal entitled, "Affirmative Action Risks," if properly presented at the meeting.</t>
+  </si>
+  <si>
+    <t>Stockholder proposal entitled, "Report on Charitable Giving," if properly presented at the meeting.</t>
+  </si>
+  <si>
+    <t>O'REILLY AUTOMOTIVE, INC.</t>
+  </si>
+  <si>
+    <t>67103H107</t>
+  </si>
+  <si>
+    <t>US67103H1077</t>
+  </si>
+  <si>
+    <t>Election of Director: Greg Henslee</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>Election of Director: David O'Reilly</t>
+  </si>
+  <si>
+    <t>Election of Director: Thomas T. Hendrickson</t>
+  </si>
+  <si>
+    <t>Election of Director: Kimberly A. deBeers</t>
+  </si>
+  <si>
+    <t>Election of Director: Gregory D. Johnson</t>
+  </si>
+  <si>
+    <t>Election of Director: John R. Murphy</t>
+  </si>
+  <si>
+    <t>Election of Director: Dana M. Perlman</t>
+  </si>
+  <si>
+    <t>Election of Director: Maria A. Sastre</t>
+  </si>
+  <si>
+    <t>Election of Director: Fred Whitfield</t>
+  </si>
+  <si>
+    <t>Advisory vote to approve executive compensation.</t>
+  </si>
+  <si>
+    <t>Amend the Articles of Incorporation to increase the number of authorized shares of common stock.</t>
+  </si>
+  <si>
+    <t>Ratification of appointment of Ernst &amp; Young LLP as independent auditors for the fiscal year ending December 31, 2025.</t>
+  </si>
+  <si>
+    <t>Shareholder proposal entitled "Support Improved Clawback Policy for Unearned Executive Pay."</t>
+  </si>
+  <si>
+    <t>PRUDENTIAL FINANCIAL, INC.</t>
+  </si>
+  <si>
+    <t>744320102</t>
+  </si>
+  <si>
+    <t>US7443201022</t>
+  </si>
+  <si>
+    <t>Election of Director: Gilbert F. Casellas</t>
+  </si>
+  <si>
+    <t>27075</t>
+  </si>
+  <si>
+    <t>Election of Director: Carmine DiSibio</t>
+  </si>
+  <si>
+    <t>Election of Director: Martina Hund-Mejean</t>
+  </si>
+  <si>
+    <t>Election of Director: Wendy E. Jones</t>
+  </si>
+  <si>
+    <t>Election of Director: Charles F. Lowrey</t>
+  </si>
+  <si>
+    <t>Election of Director: Sandra Pianalto</t>
+  </si>
+  <si>
+    <t>Election of Director: Christine A. Poon</t>
+  </si>
+  <si>
+    <t>Election of Director: Andrew F. Sullivan</t>
+  </si>
+  <si>
+    <t>Election of Director: Michael A. Todman</t>
+  </si>
+  <si>
+    <t>Ratification of the appointment of PricewaterhouseCoopers LLP as our independent registered public accounting firm for 2025.</t>
+  </si>
+  <si>
+    <t>Shareholder proposal regarding an Independent Board Chairman.</t>
+  </si>
+  <si>
+    <t>PUBLIC SERVICE ENTERPRISE GROUP INC.</t>
+  </si>
+  <si>
+    <t>744573106</t>
+  </si>
+  <si>
+    <t>US7445731067</t>
+  </si>
+  <si>
+    <t>Election of Director: Ralph A. LaRossa</t>
+  </si>
+  <si>
+    <t>14025</t>
+  </si>
+  <si>
+    <t>Election of Director: Susan Tomasky</t>
+  </si>
+  <si>
+    <t>Election of Director: Willie A. Deese</t>
+  </si>
+  <si>
+    <t>Election of Director: Jamie M. Gentoso</t>
+  </si>
+  <si>
+    <t>Election of Director: Barry H. Ostrowsky</t>
+  </si>
+  <si>
+    <t>Election of Director: Ricardo G. Pérez</t>
+  </si>
+  <si>
+    <t>Election of Director: Valerie A. Smith</t>
+  </si>
+  <si>
+    <t>Election of Director: Scott G. Stephenson</t>
+  </si>
+  <si>
+    <t>Election of Director: Laura A. Sugg</t>
+  </si>
+  <si>
+    <t>Election of Director: John P. Surma</t>
+  </si>
+  <si>
+    <t>Election of Director: Kenneth Y. Tanji</t>
+  </si>
+  <si>
+    <t>Advisory Vote on the Approval of Executive Compensation.</t>
+  </si>
+  <si>
+    <t>Management Proposal to Eliminate Supermajority Voting Requirements for Certain Business Combinations.</t>
+  </si>
+  <si>
+    <t>Management Proposal to Eliminate Supermajority Voting Requirements to Remove a Director Without Cause.</t>
+  </si>
+  <si>
+    <t>Management Proposal to Eliminate Supermajority Voting Requirement to Make Certain Amendments to Our By-Laws.</t>
+  </si>
+  <si>
+    <t>Ratification of the Appointment of Deloitte as Independent Auditor for 2025.</t>
+  </si>
+  <si>
+    <t>REGIONS FINANCIAL CORPORATION</t>
+  </si>
+  <si>
+    <t>7591EP100</t>
+  </si>
+  <si>
+    <t>US7591EP1005</t>
+  </si>
+  <si>
+    <t>Election of Director: Mark A. Crosswhite</t>
+  </si>
+  <si>
+    <t>153681</t>
+  </si>
+  <si>
+    <t>Election of Director: Noopur Davis</t>
+  </si>
+  <si>
+    <t>Election of Director: Zhanna Golodryga</t>
+  </si>
+  <si>
+    <t>Election of Director: J. Thomas Hill</t>
+  </si>
+  <si>
+    <t>Election of Director: Roger W. Jenkins</t>
+  </si>
+  <si>
+    <t>Election of Director: Joia M. Johnson</t>
+  </si>
+  <si>
+    <t>Election of Director: Ruth Ann Marshall</t>
+  </si>
+  <si>
+    <t>Election of Director: James T. Prokopanko</t>
+  </si>
+  <si>
+    <t>Election of Director: Alison S. Rand</t>
+  </si>
+  <si>
+    <t>Election of Director: William C. Rhodes, III</t>
+  </si>
+  <si>
+    <t>Election of Director: Lee J. Styslinger III</t>
+  </si>
+  <si>
+    <t>Election of Director: José S. Suquet</t>
+  </si>
+  <si>
+    <t>Election of Director: John M. Turner, Jr.</t>
+  </si>
+  <si>
+    <t>Election of Director: Timothy Vines</t>
+  </si>
+  <si>
+    <t>Ratification of Appointment of Ernst &amp; Young LLP as the Independent Registered Public Accounting Firm for 2025.</t>
+  </si>
+  <si>
+    <t>Advisory Vote to Approve Regions' Executive Compensation.</t>
+  </si>
+  <si>
+    <t>Regions Financial Corporation 2025 Long Term Incentive Plan.</t>
+  </si>
+  <si>
+    <t>Shareholder Proposal Relating to Simple Majority Vote.</t>
+  </si>
+  <si>
+    <t>Shareholder Rights and Defenses
+Corporate Governance</t>
+  </si>
+  <si>
+    <t>NONE</t>
+  </si>
+  <si>
+    <t>SKECHERS U.S.A., INC.</t>
+  </si>
+  <si>
+    <t>830566105</t>
+  </si>
+  <si>
+    <t>US8305661055</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Michael Greenberg</t>
+  </si>
+  <si>
+    <t>33708</t>
+  </si>
+  <si>
+    <t>DIRECTOR: David Weinberg</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Zulema Garcia</t>
+  </si>
+  <si>
+    <t>T-MOBILE US, INC.</t>
+  </si>
+  <si>
+    <t>872590104</t>
+  </si>
+  <si>
+    <t>US8725901040</t>
+  </si>
+  <si>
+    <t>DIRECTOR: André Almeida</t>
+  </si>
+  <si>
+    <t>12579</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Marcelo Claure</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Thomas Dannenfeldt</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Srikant M. Datar</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Timotheus Höttges</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Christian P. Illek</t>
+  </si>
+  <si>
+    <t>DIRECTOR: James J. Kavanaugh</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Raphael Kübler</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Thorsten Langheim</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Dominique Leroy</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Letitia A. Long</t>
+  </si>
+  <si>
+    <t>DIRECTOR: G. Michael Sievert</t>
+  </si>
+  <si>
+    <t>DIRECTOR: Teresa A. Taylor</t>
+  </si>
+  <si>
+    <t>Ratification of the Appointment of Deloitte &amp; Touche LLP as the Company's Independent Registered Public Accounting Firm for Fiscal Year 2025.</t>
+  </si>
+  <si>
+    <t>TEXAS ROADHOUSE,INC.</t>
+  </si>
+  <si>
+    <t>882681109</t>
+  </si>
+  <si>
+    <t>US8826811098</t>
+  </si>
+  <si>
+    <t>Election of Director: Jane Grote Abell</t>
+  </si>
+  <si>
+    <t>13264</t>
+  </si>
+  <si>
+    <t>Election of Director: Michael A. Crawford</t>
+  </si>
+  <si>
+    <t>Election of Director: Donna E. Epps</t>
+  </si>
+  <si>
+    <t>Election of Director: Wayne L. Jones</t>
+  </si>
+  <si>
+    <t>Election of Director: Gregory N. Moore</t>
+  </si>
+  <si>
+    <t>Election of Director: Gerald L. Morgan</t>
+  </si>
+  <si>
+    <t>Election of Director: Curtis A. Warfield</t>
+  </si>
+  <si>
+    <t>Election of Director: Kathleen M. Widmer</t>
+  </si>
+  <si>
+    <t>Proposal to Ratify the Appointment of KPMG LLP as Texas Roadhouse's Independent Auditors for 2025</t>
+  </si>
+  <si>
+    <t>Say on Pay - An Advisory Vote on the Approval of Executive Compensation</t>
+  </si>
+  <si>
+    <t>An Advisory Vote on a Shareholder Proposal Regarding the Adoption of a Policy Requiring the Disclosure of Texas Roadhouse's Consolidated EEO-1 Report</t>
+  </si>
+  <si>
+    <t>THE CHARLES SCHWAB CORPORATION</t>
+  </si>
+  <si>
+    <t>808513105</t>
+  </si>
+  <si>
+    <t>US8085131055</t>
+  </si>
+  <si>
+    <t>Election of Director for three-year term: John K. Adams, Jr.</t>
+  </si>
+  <si>
+    <t>24350</t>
+  </si>
+  <si>
+    <t>Election of Director for three-year term: Stephen A. Ellis</t>
+  </si>
+  <si>
+    <t>Election of Director for three-year term: Arun Sarin</t>
+  </si>
+  <si>
+    <t>Election of Director for three-year term: Charles R. Schwab</t>
+  </si>
+  <si>
+    <t>Election of Director for three-year term: Paula A. Sneed</t>
+  </si>
+  <si>
+    <t>Ratification of the appointment of Deloitte &amp; Touche LLP as the company's independent registered public accounting firm for 2025</t>
+  </si>
+  <si>
+    <t>Advisory approval of named executive officer compensation</t>
+  </si>
+  <si>
+    <t>Stockholder proposal requesting declassification of the board of directors</t>
+  </si>
+  <si>
+    <t>THE CLOROX COMPANY</t>
+  </si>
+  <si>
+    <t>189054109</t>
+  </si>
+  <si>
+    <t>US1890541097</t>
+  </si>
+  <si>
+    <t>Election of Director: Stephen B. Bratspies</t>
+  </si>
+  <si>
+    <t>12516</t>
+  </si>
+  <si>
+    <t>Election of Director: Pierre R. Breber</t>
+  </si>
+  <si>
+    <t>Election of Director: Julia Denman</t>
+  </si>
+  <si>
+    <t>Election of Director: Spencer C. Fleischer</t>
+  </si>
+  <si>
+    <t>Election of Director: Esther Lee</t>
+  </si>
+  <si>
+    <t>Election of Director: A.D. David Mackay</t>
+  </si>
+  <si>
+    <t>Election of Director: Stephanie Plaines</t>
+  </si>
+  <si>
+    <t>Election of Director: Linda Rendle</t>
+  </si>
+  <si>
+    <t>Election of Director: Matthew J. Shattock</t>
+  </si>
+  <si>
+    <t>Election of Director: Russell J. Weiner</t>
+  </si>
+  <si>
+    <t>Election of Director: Christopher J. Williams</t>
+  </si>
+  <si>
+    <t>Advisory Vote to Approve Executive Compensation.</t>
+  </si>
+  <si>
+    <t>Ratification of the Selection of Ernst &amp; Young LLP as the Independent Registered Public Accounting Firm of The Clorox Company.</t>
+  </si>
+  <si>
+    <t>THE COCA-COLA COMPANY</t>
+  </si>
+  <si>
+    <t>191216100</t>
+  </si>
+  <si>
+    <t>US1912161007</t>
+  </si>
+  <si>
+    <t>Election of Director: Herb Allen</t>
+  </si>
+  <si>
+    <t>57259</t>
+  </si>
+  <si>
+    <t>Election of Director: Bela Bajaria</t>
+  </si>
+  <si>
+    <t>Election of Director: Ana Botín</t>
+  </si>
+  <si>
+    <t>Election of Director: Christopher C. Davis</t>
+  </si>
+  <si>
+    <t>Election of Director: Carolyn Everson</t>
+  </si>
+  <si>
+    <t>Election of Director: Thomas S. Gayner</t>
+  </si>
+  <si>
+    <t>Election of Director: Maria Elena Lagomasino</t>
+  </si>
+  <si>
+    <t>Election of Director: Amity Millhiser</t>
+  </si>
+  <si>
+    <t>Election of Director: James Quincey</t>
+  </si>
+  <si>
+    <t>Election of Director: Caroline J. Tsay</t>
+  </si>
+  <si>
+    <t>Election of Director: David B. Weinberg</t>
+  </si>
+  <si>
+    <t>Ratify the appointment of Ernst &amp; Young LLP as Independent Auditors of the Company to serve for the 2025 fiscal year</t>
+  </si>
+  <si>
+    <t>Vote on shareowner proposal regarding an assessment of non-sugar sweeteners</t>
+  </si>
+  <si>
+    <t>Environment or Climate
+Other Social Issues</t>
+  </si>
+  <si>
+    <t>Vote on shareowner proposal regarding a report on food waste</t>
+  </si>
+  <si>
+    <t>Vote on shareowner proposal regarding creation of an improper influence board committee</t>
   </si>
   <si>
     <t>Corporate Governance
 Environment or Climate
 Other Social Issues</t>
   </si>
   <si>
-    <t>SECURITY HOLDER</t>
-[...1061 lines deleted...]
-    <t>To elect nine directors to hold office until the 2025 Annual Meeting of Stockholders Anne Sweeney</t>
+    <t>Vote on shareowner proposal regarding DEI goals in executive pay</t>
+  </si>
+  <si>
+    <t>Vote on shareowner proposal regarding a report on brand image impacts</t>
+  </si>
+  <si>
+    <t>Vote on shareowner proposal regarding a report on civil liberties in advertising services</t>
+  </si>
+  <si>
+    <t>THE TJX COMPANIES, INC.</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>Election of Director: José B. Alvarez</t>
+  </si>
+  <si>
+    <t>17817</t>
+  </si>
+  <si>
+    <t>Election of Director: Alan M. Bennett</t>
+  </si>
+  <si>
+    <t>Election of Director: Rosemary T. Berkery</t>
+  </si>
+  <si>
+    <t>Election of Director: David T. Ching</t>
+  </si>
+  <si>
+    <t>Election of Director: C. Kim Goodwin</t>
+  </si>
+  <si>
+    <t>Election of Director: Ernie Herrman</t>
+  </si>
+  <si>
+    <t>Election of Director: Amy B. Lane</t>
+  </si>
+  <si>
+    <t>Election of Director: Carol Meyrowitz</t>
+  </si>
+  <si>
+    <t>Election of Director: Jackwyn L. Nemerov</t>
+  </si>
+  <si>
+    <t>Election of Director: Charles F. Wagner, Jr.</t>
+  </si>
+  <si>
+    <t>Ratification of appointment of PricewaterhouseCoopers as TJX's independent registered public accounting firm for fiscal 2026</t>
+  </si>
+  <si>
+    <t>Advisory approval of TJX's executive compensation (the say-on-pay vote)</t>
+  </si>
+  <si>
+    <t>ULTA BEAUTY, INC.</t>
+  </si>
+  <si>
+    <t>90384S303</t>
+  </si>
+  <si>
+    <t>US90384S3031</t>
+  </si>
+  <si>
+    <t>Election of Director: Michelle L. Collins</t>
+  </si>
+  <si>
+    <t>5649</t>
+  </si>
+  <si>
+    <t>Election of Director: Kelly E. Garcia</t>
+  </si>
+  <si>
+    <t>Election of Director: Catherine A. Halligan</t>
+  </si>
+  <si>
+    <t>Election of Director: Patricia A. Little</t>
+  </si>
+  <si>
+    <t>Election of Director: George R. Mrkonic</t>
+  </si>
+  <si>
+    <t>Election of Director: Lorna E. Nagler</t>
+  </si>
+  <si>
+    <t>Election of Director: Heidi G. Petz</t>
+  </si>
+  <si>
+    <t>Election of Director: Gisel Ruiz</t>
+  </si>
+  <si>
+    <t>Election of Director: Michael C. Smith</t>
+  </si>
+  <si>
+    <t>Election of Director: Kecia L. Steelman</t>
+  </si>
+  <si>
+    <t>To ratify the appointment of Ernst &amp; Young LLP as our independent registered public accounting firm for our fiscal year 2025, ending January 31, 2026.</t>
+  </si>
+  <si>
+    <t>Advisory resolution to approve the Company's executive compensation.</t>
+  </si>
+  <si>
+    <t>UNITEDHEALTH GROUP INCORPORATED</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>Election of Director: Charles Baker</t>
+  </si>
+  <si>
+    <t>5468</t>
+  </si>
+  <si>
+    <t>Election of Director: Timothy Flynn</t>
+  </si>
+  <si>
+    <t>Election of Director: Paul Garcia</t>
+  </si>
+  <si>
+    <t>Election of Director: Kristen Gil</t>
+  </si>
+  <si>
+    <t>Election of Director: Stephen Hemsley</t>
+  </si>
+  <si>
+    <t>Election of Director: Michele Hooper</t>
+  </si>
+  <si>
+    <t>Election of Director: F. William McNabb III</t>
+  </si>
+  <si>
+    <t>Election of Director: Valerie Montgomery Rice, M.D.</t>
+  </si>
+  <si>
+    <t>Election of Director: John Noseworthy, M.D.</t>
+  </si>
+  <si>
+    <t>Election of Director: Andrew Witty</t>
+  </si>
+  <si>
+    <t>Advisory approval of the Company's executive compensation.</t>
+  </si>
+  <si>
+    <t>Ratification of the appointment of Deloitte &amp; Touche LLP as the independent registered public accounting firm for the Company for the year ending December 31, 2025.</t>
+  </si>
+  <si>
+    <t>If properly presented at the 2025 Annual Meeting of Shareholders, the shareholder proposal requesting a shareholder vote regarding excessive golden parachutes.</t>
+  </si>
+  <si>
+    <t>VERIZON COMMUNICATIONS INC.</t>
+  </si>
+  <si>
+    <t>92343V104</t>
+  </si>
+  <si>
+    <t>US92343V1044</t>
+  </si>
+  <si>
+    <t>Election of Director: Shellye Archambeau</t>
+  </si>
+  <si>
+    <t>70297</t>
+  </si>
+  <si>
+    <t>Election of Director: Roxanne Austin</t>
+  </si>
+  <si>
+    <t>Election of Director: Mark Bertolini</t>
+  </si>
+  <si>
+    <t>Election of Director: Vittorio Colao</t>
+  </si>
+  <si>
+    <t>Election of Director: Caroline Litchfield</t>
+  </si>
+  <si>
+    <t>Election of Director: Laxman Narasimhan</t>
+  </si>
+  <si>
+    <t>Election of Director: Clarence Otis, Jr.</t>
+  </si>
+  <si>
+    <t>Election of Director: Daniel Schulman</t>
+  </si>
+  <si>
+    <t>Election of Director: Carol Tomé</t>
+  </si>
+  <si>
+    <t>Election of Director: Hans Vestberg</t>
   </si>
   <si>
     <t>Ratification of appointment of independent registered public accounting firm</t>
   </si>
   <si>
-    <t>Advisory approval of named executive officer compensation</t>
-[...514 lines deleted...]
-    <t>Civil liberties in digital services</t>
+    <t>Climate lobbying alignment</t>
   </si>
   <si>
     <t>Lead-sheathed cable report</t>
   </si>
   <si>
-    <t>Political expenditures misalignment</t>
+    <t>Discrimination in advertising services</t>
+  </si>
+  <si>
+    <t>YUM! BRANDS, INC.</t>
+  </si>
+  <si>
+    <t>988498101</t>
+  </si>
+  <si>
+    <t>US9884981013</t>
+  </si>
+  <si>
+    <t>Election of Director: Paget L. Alves</t>
+  </si>
+  <si>
+    <t>19169</t>
+  </si>
+  <si>
+    <t>Election of Director: Keith Barr</t>
+  </si>
+  <si>
+    <t>Election of Director: M. Brett Biggs</t>
+  </si>
+  <si>
+    <t>Election of Director: Christopher M. Connor</t>
+  </si>
+  <si>
+    <t>Election of Director: Brian C. Cornell</t>
+  </si>
+  <si>
+    <t>Election of Director: Tanya L. Domier</t>
+  </si>
+  <si>
+    <t>Election of Director: Susan Doniz</t>
+  </si>
+  <si>
+    <t>Election of Director: David W. Gibbs</t>
+  </si>
+  <si>
+    <t>Election of Director: Mirian M. Graddick-Weir</t>
+  </si>
+  <si>
+    <t>Election of Director: Thomas C. Nelson</t>
+  </si>
+  <si>
+    <t>Election of Director: P. Justin Skala</t>
+  </si>
+  <si>
+    <t>Election of Director: Annie Young-Scrivner</t>
+  </si>
+  <si>
+    <t>Ratification of Independent Auditors.</t>
+  </si>
+  <si>
+    <t>Advisory Vote on Executive Compensation.</t>
+  </si>
+  <si>
+    <t>Proposal to Approve the Company's 2025 Long Term Incentive Plan.</t>
+  </si>
+  <si>
+    <t>Shareholder Proposal Regarding Adoption of a Policy on the Use of Medically Important Antimicrobials in Food-Producing Animals.</t>
+  </si>
+  <si>
+    <t>Shareholder Proposal Regarding Report on Faith-Based Employee Resource Groups.</t>
+  </si>
+  <si>
+    <t>Shareholder Proposal Regarding Workplace Safety Policies and Practices.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Times"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times"/>
@@ -1866,99 +1921,99 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyBorder="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2202,18920 +2257,20326 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q425"/>
+  <dimension ref="A1:Q457"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozenSplit"/>
-      <selection pane="bottomLeft" sqref="A1:D1"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="50.7109375" style="2" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="50.7109375" style="4" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="5" customWidth="1"/>
+    <col min="3" max="3" width="14.7109375" style="5" customWidth="1"/>
+    <col min="4" max="4" width="6" style="5" customWidth="1"/>
+    <col min="5" max="5" width="16.85546875" style="6" customWidth="1"/>
+    <col min="6" max="6" width="50.7109375" style="4" customWidth="1"/>
+    <col min="7" max="7" width="38.85546875" style="7" customWidth="1"/>
+    <col min="8" max="8" width="30.7109375" style="4" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" style="5" customWidth="1"/>
+    <col min="10" max="10" width="16.7109375" style="5" customWidth="1"/>
+    <col min="11" max="11" width="10.7109375" style="5" customWidth="1"/>
+    <col min="12" max="12" width="14" style="5" customWidth="1"/>
+    <col min="13" max="13" width="16.7109375" style="5" customWidth="1"/>
+    <col min="14" max="14" width="16.28515625" style="5" customWidth="1"/>
+    <col min="15" max="15" width="20.85546875" style="5" customWidth="1"/>
+    <col min="16" max="16" width="12.42578125" style="5" customWidth="1"/>
+    <col min="17" max="17" width="14" style="7" customWidth="1"/>
+    <col min="18" max="18" width="9.140625" style="3" customWidth="1"/>
+    <col min="19" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="9" t="s">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="10"/>
-[...1 lines deleted...]
-      <c r="D1" s="10"/>
+      <c r="B1" s="1"/>
+      <c r="C1" s="1"/>
+      <c r="D1" s="1"/>
     </row>
     <row r="2" spans="1:17" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="6" t="s">
+      <c r="A2" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="6" t="s">
+      <c r="B2" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="C2" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="6" t="s">
+      <c r="D2" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="6" t="s">
+      <c r="F2" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="6" t="s">
+      <c r="G2" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="6" t="s">
+      <c r="H2" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="7" t="s">
+      <c r="I2" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="7" t="s">
+      <c r="J2" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="7" t="s">
+      <c r="K2" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="7" t="s">
+      <c r="L2" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="6" t="s">
+      <c r="M2" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="N2" s="7" t="s">
+      <c r="N2" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="O2" s="6" t="s">
+      <c r="O2" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="P2" s="7" t="s">
+      <c r="P2" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="Q2" s="6" t="s">
+      <c r="Q2" s="8" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:17" ht="30" x14ac:dyDescent="0.25">
-      <c r="A3" s="2" t="s">
+    <row r="3" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="B3" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C3" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E3" s="8">
-[...2 lines deleted...]
-      <c r="F3" s="2" t="s">
+      <c r="E3" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F3" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="G3" s="5" t="s">
-[...11 lines deleted...]
-      <c r="L3" s="4" t="s">
+      <c r="G3" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N3" s="4" t="s">
+      <c r="K3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O3" s="3" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="N3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P3" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B4" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E4" s="8">
-[...17 lines deleted...]
-      <c r="L4" s="4" t="s">
+      <c r="E4" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J4" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N4" s="4" t="s">
+      <c r="K4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A5" s="2" t="s">
+      <c r="N4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P4" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="B5" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="C5" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E5" s="8">
-[...17 lines deleted...]
-      <c r="L5" s="4" t="s">
+      <c r="E5" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N5" s="4" t="s">
+      <c r="K5" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O5" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A6" s="2" t="s">
+      <c r="N5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P5" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="B6" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="C6" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E6" s="8">
-[...17 lines deleted...]
-      <c r="L6" s="4" t="s">
+      <c r="E6" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="4" t="s">
+      <c r="K6" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O6" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A7" s="2" t="s">
+      <c r="N6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P6" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="3" t="s">
+      <c r="B7" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="C7" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E7" s="8">
-[...17 lines deleted...]
-      <c r="L7" s="4" t="s">
+      <c r="E7" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J7" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N7" s="4" t="s">
+      <c r="K7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O7" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A8" s="2" t="s">
+      <c r="N7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P7" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="B8" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C8" s="3" t="s">
+      <c r="C8" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E8" s="8">
-[...17 lines deleted...]
-      <c r="L8" s="4" t="s">
+      <c r="E8" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J8" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="4" t="s">
+      <c r="K8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O8" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A9" s="2" t="s">
+      <c r="N8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P8" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="B9" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="3" t="s">
+      <c r="C9" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E9" s="8">
-[...17 lines deleted...]
-      <c r="L9" s="4" t="s">
+      <c r="E9" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M9" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N9" s="4" t="s">
+      <c r="K9" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O9" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A10" s="2" t="s">
+      <c r="N9" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P9" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="B10" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="3" t="s">
+      <c r="C10" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E10" s="8">
-[...17 lines deleted...]
-      <c r="L10" s="4" t="s">
+      <c r="E10" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N10" s="4" t="s">
+      <c r="K10" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O10" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A11" s="2" t="s">
+      <c r="N10" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P10" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="B11" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C11" s="3" t="s">
+      <c r="C11" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E11" s="8">
-[...17 lines deleted...]
-      <c r="L11" s="4" t="s">
+      <c r="E11" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J11" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="4" t="s">
+      <c r="K11" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O11" s="3" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="N11" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P11" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
+      <c r="A12" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="B12" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="3" t="s">
+      <c r="C12" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E12" s="8">
-[...17 lines deleted...]
-      <c r="L12" s="4" t="s">
+      <c r="E12" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M12" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N12" s="4" t="s">
+      <c r="K12" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O12" s="3" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="N12" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P12" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="30" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="B13" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="C13" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E13" s="8">
-[...5 lines deleted...]
-      <c r="G13" s="5" t="s">
+      <c r="E13" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F13" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="I13" s="4" t="s">
-[...8 lines deleted...]
-      <c r="L13" s="4" t="s">
+      <c r="G13" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J13" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="M13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="N13" s="4" t="s">
+      <c r="K13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="O13" s="3" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="N13" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P13" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="45" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
+      <c r="A14" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="B14" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C14" s="3" t="s">
+      <c r="C14" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E14" s="8">
-[...2 lines deleted...]
-      <c r="F14" s="2" t="s">
+      <c r="E14" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="N14" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P14" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="60" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="N15" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P15" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="N16" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P16" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="N17" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P17" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="N18" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P18" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="N19" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P19" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N20" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P20" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N21" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P21" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N22" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P22" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N23" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P23" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N24" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P24" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N25" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P25" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N26" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P26" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N27" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P27" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N28" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P28" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N29" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P29" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N30" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P30" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E31" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N31" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O31" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P31" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N32" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O32" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P32" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="G33" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="G14" s="5" t="s">
-[...28 lines deleted...]
-      <c r="A15" s="2" t="s">
+      <c r="I33" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N33" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O33" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P33" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N34" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O34" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P34" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N35" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O35" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P35" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N36" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O36" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P36" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K37" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N37" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O37" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P37" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N38" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O38" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P38" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N39" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O39" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P39" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N40" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O40" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P40" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" s="10">
+        <v>45798</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N41" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O41" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P41" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E42" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N42" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O42" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P42" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E43" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K43" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N43" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O43" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P43" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E44" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N44" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O44" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P44" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E45" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N45" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O45" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P45" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E46" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N46" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O46" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P46" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E47" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N47" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O47" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P47" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E48" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N48" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O48" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P48" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E49" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N49" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O49" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P49" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E50" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N50" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O50" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P50" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E51" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K51" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N51" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O51" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P51" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E52" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F52" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N52" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O52" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P52" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E53" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K53" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N53" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O53" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P53" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E54" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F54" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K54" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N54" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O54" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P54" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E55" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K55" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N55" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O55" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P55" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A56" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E56" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F56" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="G56" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="3" t="s">
+      <c r="I56" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K56" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N56" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O56" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P56" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A57" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E57" s="10">
+        <v>45785</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="N57" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O57" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P57" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E58" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F58" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K58" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N58" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O58" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P58" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E59" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K59" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N59" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O59" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P59" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E60" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F60" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K60" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N60" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O60" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P60" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E61" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K61" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M61" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N61" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O61" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P61" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E62" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F62" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K62" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N62" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O62" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P62" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E63" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F63" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N63" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O63" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P63" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E64" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F64" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N64" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O64" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P64" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A65" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E65" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F65" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N65" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O65" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P65" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E66" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F66" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N66" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O66" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P66" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E67" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F67" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N67" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O67" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P67" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E68" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N68" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O68" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P68" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E69" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N69" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O69" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P69" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E70" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F70" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K70" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N70" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O70" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P70" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E71" s="10">
+        <v>45713</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N71" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O71" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P71" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E72" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N72" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O72" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P72" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E73" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N73" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O73" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P73" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E74" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N74" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O74" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P74" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A75" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E75" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N75" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O75" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P75" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A76" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E76" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="G76" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N76" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O76" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P76" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A77" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E77" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N77" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O77" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P77" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A78" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E78" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N78" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O78" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P78" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E79" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F79" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N79" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O79" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P79" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E80" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F80" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N80" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O80" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P80" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A81" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E81" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F81" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N81" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O81" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P81" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E82" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N82" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O82" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P82" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A83" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E83" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="N83" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O83" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P83" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A84" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E84" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="G84" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N84" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O84" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P84" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A85" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E85" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="G85" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N85" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O85" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P85" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A86" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E86" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="G86" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N86" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O86" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P86" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A87" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E87" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="G87" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N87" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O87" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P87" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A88" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E88" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="G88" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N88" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O88" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P88" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E89" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="G89" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N89" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O89" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P89" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E90" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="G90" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N90" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O90" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P90" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E91" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="G91" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N91" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O91" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P91" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E92" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="G92" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N92" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O92" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P92" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A93" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E93" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="G93" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K93" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N93" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O93" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P93" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A94" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E94" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="G94" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N94" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O94" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P94" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A95" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E95" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="G95" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N95" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O95" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P95" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A96" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E96" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="G96" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N96" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O96" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P96" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A97" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E97" s="10">
+        <v>45693</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="G97" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K97" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="N97" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O97" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P97" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A98" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E98" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="G98" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K98" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N98" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O98" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P98" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A99" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E99" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="G99" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N99" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O99" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P99" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A100" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E100" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="G100" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N100" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O100" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P100" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A101" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E101" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="G101" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N101" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O101" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P101" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A102" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E102" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F102" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="G102" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N102" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O102" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P102" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A103" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E103" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F103" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="G103" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N103" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O103" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P103" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A104" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E104" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F104" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="G104" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K104" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N104" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O104" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P104" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A105" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E105" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F105" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="G105" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K105" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N105" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O105" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P105" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A106" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E106" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F106" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="G106" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K106" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N106" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O106" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P106" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E107" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="G107" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N107" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O107" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P107" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E108" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F108" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="G108" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N108" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O108" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P108" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E109" s="10">
+        <v>45680</v>
+      </c>
+      <c r="F109" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="G109" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="N109" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O109" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P109" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E110" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F110" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="G110" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K110" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N110" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O110" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P110" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E111" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="G111" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J111" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K111" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N111" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O111" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P111" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E112" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F112" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="G112" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J112" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N112" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O112" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P112" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A113" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E113" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="G113" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K113" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N113" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O113" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P113" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E114" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F114" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="G114" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N114" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O114" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P114" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A115" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E115" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F115" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="G115" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K115" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N115" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O115" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P115" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E116" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="G116" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N116" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O116" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P116" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E117" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F117" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="G117" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K117" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N117" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O117" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P117" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E118" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F118" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="G118" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N118" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O118" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P118" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A119" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E119" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F119" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="G119" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N119" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O119" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P119" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A120" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E120" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F120" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="G120" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N120" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O120" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P120" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E121" s="10">
+        <v>45779</v>
+      </c>
+      <c r="F121" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="G121" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="N121" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O121" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P121" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A122" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E122" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N122" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O122" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P122" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E123" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F123" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="G123" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K123" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N123" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O123" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P123" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A124" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E124" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F124" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="G124" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N124" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O124" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P124" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E125" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N125" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O125" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P125" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E126" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F126" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="G126" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N126" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O126" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P126" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E127" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="G127" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J127" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K127" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N127" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O127" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P127" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E128" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F128" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="G128" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N128" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O128" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P128" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E129" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F129" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="G129" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K129" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N129" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O129" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P129" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E130" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F130" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="G130" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K130" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N130" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O130" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P130" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E131" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F131" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="G131" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J131" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K131" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N131" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O131" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P131" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E132" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F132" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="G132" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J132" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K132" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N132" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O132" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P132" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E133" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F133" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="G133" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K133" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N133" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O133" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P133" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A134" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E134" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F134" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="G134" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K134" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N134" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O134" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P134" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E135" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F135" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="G135" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N135" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O135" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P135" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A136" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E136" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F136" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="G136" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J136" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K136" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N136" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O136" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P136" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E137" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F137" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="G137" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J137" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K137" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M137" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N137" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O137" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P137" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A138" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E138" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F138" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="G138" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="E15" s="8">
-[...34 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="I138" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K138" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N138" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O138" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P138" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16" ht="105" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E139" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F139" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="G139" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K139" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N139" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O139" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P139" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A140" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E140" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F140" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="G140" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J140" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K140" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N140" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O140" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P140" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E141" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F141" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="G141" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K141" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N141" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O141" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P141" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E142" s="10">
+        <v>45558</v>
+      </c>
+      <c r="F142" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="G142" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J142" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K142" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M142" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="N142" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O142" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P142" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E143" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F143" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="G143" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J143" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K143" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N143" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O143" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P143" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E144" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F144" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="G144" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K144" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M144" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N144" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O144" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P144" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E145" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F145" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="G145" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J145" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K145" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M145" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N145" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O145" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P145" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A146" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E146" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F146" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="G146" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J146" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K146" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N146" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O146" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P146" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E147" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F147" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="G147" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J147" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K147" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N147" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O147" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P147" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A148" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E148" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F148" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="G148" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J148" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K148" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N148" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O148" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P148" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A149" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E149" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F149" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="G149" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J149" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K149" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M149" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N149" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O149" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P149" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A150" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E150" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F150" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="G150" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J150" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K150" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M150" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N150" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O150" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P150" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E151" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F151" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="G151" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J151" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K151" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M151" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N151" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O151" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P151" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A152" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E152" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F152" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="G152" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="3" t="s">
+      <c r="I152" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K152" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N152" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O152" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P152" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A153" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E153" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F153" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="G153" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K153" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N153" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O153" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P153" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A154" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E154" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F154" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="G154" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="E16" s="8">
-[...2 lines deleted...]
-      <c r="F16" s="2" t="s">
+      <c r="I154" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J154" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K154" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M154" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N154" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O154" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P154" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="E155" s="10">
+        <v>45791</v>
+      </c>
+      <c r="F155" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="G155" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J155" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K155" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N155" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O155" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P155" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E156" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F156" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="G156" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J156" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K156" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M156" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N156" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O156" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P156" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E157" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F157" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="G157" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K157" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N157" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O157" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P157" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E158" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F158" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="G158" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K158" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N158" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O158" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P158" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E159" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F159" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="G159" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J159" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K159" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N159" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O159" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P159" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A160" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E160" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F160" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="G160" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J160" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K160" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N160" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O160" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P160" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A161" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E161" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F161" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="G161" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K161" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N161" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O161" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P161" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E162" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F162" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="G162" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J162" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K162" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N162" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O162" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P162" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E163" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F163" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="G163" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K163" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N163" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O163" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P163" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E164" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F164" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="G164" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N164" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O164" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P164" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E165" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F165" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="G165" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J165" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N165" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O165" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P165" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A166" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E166" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F166" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="G166" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K166" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N166" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O166" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P166" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A167" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E167" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F167" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="G167" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K167" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N167" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O167" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P167" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="E168" s="10">
+        <v>45764</v>
+      </c>
+      <c r="F168" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="G168" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J168" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K168" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="N168" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O168" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P168" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E169" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F169" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="G169" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I169" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J169" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K169" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M169" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N169" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O169" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P169" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A170" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E170" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F170" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="G170" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J170" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K170" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N170" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O170" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P170" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E171" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F171" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="G171" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J171" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K171" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N171" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O171" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P171" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E172" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F172" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="G172" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K172" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N172" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O172" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P172" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E173" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F173" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="G173" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J173" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K173" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N173" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O173" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P173" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E174" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F174" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="G174" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J174" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K174" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N174" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O174" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P174" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E175" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F175" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G175" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J175" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K175" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N175" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O175" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P175" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E176" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F176" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="G176" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J176" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K176" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N176" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O176" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P176" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A177" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E177" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F177" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="G177" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J177" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K177" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N177" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O177" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P177" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A178" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E178" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F178" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="G178" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J178" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K178" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N178" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O178" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P178" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A179" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E179" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F179" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="G179" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J179" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K179" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N179" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O179" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P179" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A180" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E180" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F180" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="G180" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K180" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N180" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O180" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P180" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A181" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E181" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F181" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="G181" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J181" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K181" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N181" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O181" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P181" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A182" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E182" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F182" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="G182" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K182" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N182" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O182" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P182" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E183" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F183" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="G183" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J183" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K183" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M183" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N183" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O183" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P183" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A184" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E184" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F184" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="G184" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J184" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="K184" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N184" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O184" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P184" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A185" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E185" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F185" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="G185" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J185" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K185" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N185" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O185" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P185" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A186" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E186" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F186" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="G186" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J186" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K186" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N186" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O186" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P186" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A187" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E187" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F187" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="G187" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K187" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N187" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O187" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P187" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A188" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E188" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F188" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="G188" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K188" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N188" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O188" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P188" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A189" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E189" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F189" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="G189" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J189" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K189" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N189" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O189" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P189" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A190" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E190" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F190" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="G190" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J190" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K190" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N190" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O190" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P190" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A191" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E191" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F191" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="G191" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I191" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J191" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K191" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N191" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O191" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P191" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A192" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E192" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F192" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="G192" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K192" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N192" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O192" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P192" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A193" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E193" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F193" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="G193" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J193" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K193" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N193" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O193" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P193" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E194" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F194" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="G194" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J194" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K194" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N194" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O194" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P194" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A195" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E195" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F195" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="G195" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I195" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J195" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K195" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M195" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N195" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O195" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P195" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A196" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E196" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F196" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="G196" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I196" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J196" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K196" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N196" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O196" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P196" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A197" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E197" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F197" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="G197" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I197" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J197" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K197" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M197" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N197" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O197" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P197" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A198" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E198" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F198" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="G198" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J198" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K198" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M198" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N198" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O198" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P198" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A199" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E199" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F199" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="G199" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J199" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K199" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M199" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N199" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O199" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P199" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A200" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E200" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F200" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="G200" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J200" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K200" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M200" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N200" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O200" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P200" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A201" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E201" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F201" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="G201" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="G16" s="5" t="s">
-[...28 lines deleted...]
-      <c r="A17" s="2" t="s">
+      <c r="I201" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J201" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K201" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M201" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N201" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O201" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P201" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A202" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E202" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F202" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="G202" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J202" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K202" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N202" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O202" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P202" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A203" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E203" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F203" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="G203" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J203" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K203" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="M203" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N203" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O203" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P203" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A204" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E204" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F204" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="G204" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J204" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K204" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M204" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N204" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O204" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P204" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A205" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E205" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F205" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="G205" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J205" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K205" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M205" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N205" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O205" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P205" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A206" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E206" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F206" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="G206" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J206" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K206" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M206" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N206" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O206" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P206" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A207" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E207" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F207" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="G207" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K207" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N207" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O207" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P207" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A208" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E208" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F208" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="G208" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J208" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K208" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M208" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N208" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O208" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P208" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A209" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E209" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F209" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="G209" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J209" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K209" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M209" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N209" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O209" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P209" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A210" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E210" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F210" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="G210" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K210" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M210" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N210" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O210" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P210" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A211" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E211" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F211" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="G211" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I211" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J211" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K211" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M211" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N211" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O211" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P211" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A212" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E212" s="10">
+        <v>45805</v>
+      </c>
+      <c r="F212" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="G212" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J212" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="K212" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M212" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="N212" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O212" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P212" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A213" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E213" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F213" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="G213" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J213" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K213" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M213" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N213" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O213" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P213" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A214" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E214" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F214" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="G214" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J214" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K214" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L214" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M214" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N214" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O214" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P214" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E215" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F215" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="G215" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J215" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K215" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N215" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O215" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P215" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A216" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E216" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F216" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="G216" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J216" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K216" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N216" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O216" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P216" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A217" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E217" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F217" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="G217" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I217" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J217" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K217" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M217" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N217" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O217" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P217" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A218" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E218" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F218" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="G218" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K218" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M218" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N218" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O218" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P218" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A219" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E219" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F219" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="G219" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J219" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K219" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M219" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N219" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O219" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P219" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A220" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E220" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F220" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="G220" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J220" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K220" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M220" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N220" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O220" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P220" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A221" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E221" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F221" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="G221" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J221" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K221" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L221" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M221" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N221" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O221" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P221" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A222" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E222" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F222" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="G222" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J222" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K222" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L222" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M222" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N222" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O222" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P222" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A223" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E223" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F223" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="G223" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J223" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K223" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M223" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N223" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O223" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P223" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A224" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E224" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F224" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="G224" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J224" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K224" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M224" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N224" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O224" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P224" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A225" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E225" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F225" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="G225" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J225" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K225" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M225" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N225" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O225" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P225" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A226" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E226" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F226" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="G226" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="3" t="s">
+      <c r="I226" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J226" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K226" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L226" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M226" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N226" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O226" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P226" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A227" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E227" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F227" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="G227" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J227" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K227" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M227" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N227" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O227" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P227" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A228" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E228" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F228" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="G228" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J228" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K228" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M228" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N228" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O228" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P228" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A229" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E229" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F229" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="G229" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J229" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K229" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M229" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N229" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O229" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P229" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A230" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E230" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F230" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="G230" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J230" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K230" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L230" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M230" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N230" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O230" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P230" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A231" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E231" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F231" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="G231" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J231" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K231" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L231" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M231" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N231" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O231" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P231" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A232" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="E232" s="10">
+        <v>45636</v>
+      </c>
+      <c r="F232" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="G232" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J232" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="K232" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M232" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="N232" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O232" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P232" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A233" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E233" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F233" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="G233" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I233" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J233" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K233" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M233" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N233" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O233" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P233" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A234" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E234" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F234" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="G234" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J234" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K234" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M234" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N234" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O234" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P234" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A235" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E235" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F235" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="G235" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J235" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K235" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M235" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N235" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O235" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P235" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A236" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E236" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F236" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="G236" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J236" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K236" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M236" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N236" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O236" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P236" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A237" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E237" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F237" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="G237" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I237" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J237" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K237" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L237" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M237" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N237" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O237" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P237" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A238" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E238" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F238" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="G238" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J238" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K238" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M238" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N238" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O238" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P238" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A239" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E239" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F239" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="G239" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J239" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K239" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M239" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N239" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O239" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P239" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A240" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E240" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F240" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="G240" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J240" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K240" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L240" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M240" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N240" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O240" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P240" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A241" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="E241" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F241" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="G241" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J241" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="K241" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M241" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="N241" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O241" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P241" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E242" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F242" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="G242" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J242" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K242" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M242" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N242" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O242" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P242" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E243" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F243" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="G243" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I243" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J243" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K243" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L243" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M243" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N243" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O243" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P243" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A244" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E244" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F244" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="G244" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I244" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J244" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K244" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L244" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M244" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N244" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O244" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P244" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A245" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E245" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F245" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="G245" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I245" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J245" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K245" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M245" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N245" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O245" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P245" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A246" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E246" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F246" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="G246" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J246" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K246" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M246" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N246" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O246" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P246" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A247" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E247" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F247" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="G247" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J247" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K247" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M247" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N247" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O247" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P247" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A248" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C248" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E248" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F248" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="G248" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J248" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K248" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L248" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M248" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N248" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O248" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P248" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A249" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E249" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F249" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="G249" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I249" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J249" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K249" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M249" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N249" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O249" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P249" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A250" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E250" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F250" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="G250" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I250" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J250" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K250" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M250" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N250" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O250" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P250" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A251" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E251" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F251" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="G251" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I251" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J251" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K251" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M251" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N251" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O251" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P251" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A252" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E252" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F252" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="G252" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J252" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K252" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M252" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N252" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O252" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P252" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A253" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E253" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F253" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="G253" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I253" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J253" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K253" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M253" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N253" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O253" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P253" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A254" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E254" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F254" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="G254" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I254" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J254" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K254" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M254" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N254" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O254" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P254" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E255" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F255" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="G255" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I255" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J255" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K255" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M255" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N255" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O255" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P255" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A256" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E256" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F256" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="G256" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I256" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J256" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K256" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L256" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M256" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N256" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O256" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P256" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A257" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E257" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F257" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="G257" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="E17" s="8">
-[...34 lines deleted...]
-      <c r="A18" s="2" t="s">
+      <c r="I257" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J257" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K257" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M257" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N257" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O257" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P257" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A258" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E258" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F258" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="G258" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J258" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K258" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M258" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N258" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O258" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P258" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A259" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E259" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F259" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="G259" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I259" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J259" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K259" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M259" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N259" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O259" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P259" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A260" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="E260" s="10">
+        <v>45813</v>
+      </c>
+      <c r="F260" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="G260" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I260" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J260" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="K260" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M260" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="N260" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O260" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P260" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A261" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E261" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F261" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="G261" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J261" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K261" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M261" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N261" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O261" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P261" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A262" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E262" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F262" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="G262" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J262" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K262" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M262" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N262" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O262" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P262" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A263" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E263" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F263" s="4" t="s">
+        <v>360</v>
+      </c>
+      <c r="G263" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J263" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K263" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M263" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N263" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O263" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P263" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A264" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E264" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F264" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="G264" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J264" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K264" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M264" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N264" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O264" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P264" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A265" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E265" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F265" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="G265" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J265" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K265" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N265" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O265" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P265" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A266" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E266" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F266" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="G266" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J266" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K266" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M266" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N266" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O266" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P266" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A267" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E267" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F267" s="4" t="s">
+        <v>364</v>
+      </c>
+      <c r="G267" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I267" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J267" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K267" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M267" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N267" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O267" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P267" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A268" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E268" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F268" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="G268" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I268" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J268" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K268" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M268" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N268" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O268" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P268" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A269" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E269" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F269" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="G269" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J269" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K269" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M269" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N269" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O269" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P269" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A270" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E270" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F270" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="G270" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J270" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K270" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L270" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M270" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N270" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O270" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P270" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A271" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E271" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F271" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="G271" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J271" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K271" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L271" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M271" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N271" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O271" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P271" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A272" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E272" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F272" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="G272" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="3" t="s">
+      <c r="I272" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J272" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K272" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L272" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M272" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N272" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O272" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P272" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A273" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E273" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F273" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="G273" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I273" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J273" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K273" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L273" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M273" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="N273" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O273" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P273" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A274" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C274" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E274" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F274" s="4" t="s">
+        <v>374</v>
+      </c>
+      <c r="G274" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J274" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K274" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M274" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N274" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O274" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P274" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A275" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E275" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F275" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="G275" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I275" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J275" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K275" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L275" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M275" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N275" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O275" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P275" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A276" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E276" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F276" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="G276" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J276" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K276" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M276" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N276" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O276" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P276" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A277" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E277" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F277" s="4" t="s">
+        <v>378</v>
+      </c>
+      <c r="G277" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I277" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J277" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K277" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M277" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N277" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O277" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P277" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A278" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E278" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F278" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="G278" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J278" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K278" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M278" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N278" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O278" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P278" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A279" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E279" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F279" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="G279" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I279" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J279" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K279" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L279" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M279" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N279" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O279" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P279" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A280" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E280" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F280" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="G280" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I280" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J280" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K280" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L280" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M280" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N280" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O280" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P280" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A281" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E281" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F281" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="G281" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J281" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K281" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L281" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M281" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N281" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O281" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P281" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A282" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E282" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F282" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="G282" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J282" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K282" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L282" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M282" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N282" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O282" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P282" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A283" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E283" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F283" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="G283" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J283" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K283" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M283" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N283" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O283" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P283" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A284" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E284" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F284" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="G284" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J284" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K284" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L284" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M284" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N284" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O284" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P284" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A285" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="E285" s="10">
+        <v>45790</v>
+      </c>
+      <c r="F285" s="4" t="s">
+        <v>385</v>
+      </c>
+      <c r="G285" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="E18" s="8">
-[...34 lines deleted...]
-      <c r="A19" s="2" t="s">
+      <c r="I285" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J285" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="K285" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L285" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M285" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="N285" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O285" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P285" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A286" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E286" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F286" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="G286" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K286" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L286" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M286" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N286" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O286" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P286" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A287" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E287" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F287" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="G287" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J287" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K287" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L287" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M287" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N287" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O287" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P287" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A288" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E288" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F288" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="G288" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J288" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K288" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L288" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M288" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N288" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O288" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P288" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A289" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E289" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F289" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="G289" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J289" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K289" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M289" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N289" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O289" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P289" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A290" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E290" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F290" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="G290" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I290" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J290" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K290" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M290" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N290" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O290" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P290" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A291" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E291" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F291" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="G291" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I291" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J291" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K291" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L291" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M291" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N291" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O291" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P291" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A292" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E292" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F292" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="G292" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J292" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K292" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L292" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M292" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N292" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O292" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P292" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A293" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E293" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F293" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="G293" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I293" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J293" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K293" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L293" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M293" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N293" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O293" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P293" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A294" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E294" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F294" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="G294" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J294" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K294" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L294" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M294" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N294" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O294" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P294" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A295" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E295" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F295" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="G295" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J295" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K295" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L295" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M295" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N295" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O295" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P295" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A296" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E296" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F296" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="G296" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J296" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K296" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L296" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M296" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N296" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O296" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P296" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A297" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E297" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F297" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="G297" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I297" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J297" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K297" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L297" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M297" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N297" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O297" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P297" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A298" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E298" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F298" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="G298" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J298" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K298" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L298" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M298" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N298" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O298" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P298" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A299" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E299" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F299" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="G299" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I299" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J299" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K299" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L299" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M299" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N299" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O299" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P299" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A300" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E300" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F300" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="G300" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J300" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K300" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L300" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M300" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N300" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O300" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P300" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A301" s="4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="E301" s="10">
+        <v>45769</v>
+      </c>
+      <c r="F301" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="G301" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="I301" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J301" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K301" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L301" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M301" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="N301" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O301" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P301" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A302" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E302" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F302" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="G302" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I302" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J302" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K302" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L302" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M302" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N302" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O302" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P302" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A303" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E303" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F303" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="G303" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I303" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J303" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K303" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L303" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M303" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N303" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O303" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P303" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A304" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E304" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F304" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="G304" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I304" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J304" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K304" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L304" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M304" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N304" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O304" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P304" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A305" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E305" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F305" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="G305" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I305" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J305" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K305" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L305" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M305" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N305" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O305" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P305" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A306" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E306" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F306" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="G306" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J306" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K306" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L306" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M306" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N306" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O306" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P306" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A307" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E307" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F307" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="G307" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I307" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J307" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K307" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L307" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M307" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N307" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O307" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P307" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A308" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E308" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F308" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="G308" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I308" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J308" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K308" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L308" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M308" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N308" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O308" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P308" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A309" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E309" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F309" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="G309" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I309" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J309" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K309" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L309" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M309" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N309" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O309" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P309" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A310" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E310" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F310" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="G310" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I310" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J310" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K310" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L310" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M310" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N310" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O310" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P310" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A311" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E311" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F311" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="G311" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I311" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J311" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K311" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L311" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M311" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N311" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O311" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P311" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A312" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E312" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F312" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="G312" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I312" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J312" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K312" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L312" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M312" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N312" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O312" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P312" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A313" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E313" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F313" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="G313" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I313" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J313" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K313" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L313" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M313" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N313" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O313" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P313" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A314" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E314" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F314" s="4" t="s">
+        <v>422</v>
+      </c>
+      <c r="G314" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J314" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K314" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L314" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M314" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N314" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O314" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P314" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A315" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E315" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F315" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="G315" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I315" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J315" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K315" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L315" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M315" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N315" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O315" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P315" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A316" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E316" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F316" s="4" t="s">
+        <v>424</v>
+      </c>
+      <c r="G316" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...8 lines deleted...]
-      <c r="F20" s="2" t="s">
+      <c r="I316" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J316" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K316" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L316" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M316" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N316" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O316" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P316" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A317" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E317" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F317" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="G317" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I317" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J317" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K317" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L317" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M317" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N317" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O317" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P317" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A318" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E318" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F318" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="G318" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I318" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J318" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K318" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L318" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M318" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N318" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O318" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P318" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A319" s="4" t="s">
+        <v>406</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E319" s="10">
+        <v>45763</v>
+      </c>
+      <c r="F319" s="4" t="s">
+        <v>427</v>
+      </c>
+      <c r="G319" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="I319" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="G20" s="5" t="s">
-[...28 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="J319" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K319" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L319" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M319" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="N319" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="O319" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P319" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A320" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="E320" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F320" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="G320" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J320" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="K320" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L320" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M320" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="N320" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O320" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P320" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A321" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="E321" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F321" s="4" t="s">
+        <v>435</v>
+      </c>
+      <c r="G321" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I321" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J321" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="K321" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L321" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M321" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="N321" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O321" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P321" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A322" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="E322" s="10">
+        <v>45797</v>
+      </c>
+      <c r="F322" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="G322" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J322" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="K322" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L322" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M322" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="N322" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O322" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P322" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A323" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E323" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F323" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="G323" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J323" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K323" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L323" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M323" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N323" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O323" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P323" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A324" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E324" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F324" s="4" t="s">
+        <v>442</v>
+      </c>
+      <c r="G324" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J324" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K324" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L324" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M324" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N324" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O324" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P324" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A325" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E325" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F325" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="G325" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I325" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J325" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K325" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L325" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M325" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N325" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O325" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P325" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A326" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E326" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F326" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="G326" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I326" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J326" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K326" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L326" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M326" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N326" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O326" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P326" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A327" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E327" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F327" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="G327" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I327" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J327" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K327" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L327" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M327" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N327" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O327" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P327" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A328" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E328" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F328" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="G328" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J328" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K328" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L328" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M328" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N328" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O328" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P328" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A329" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E329" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F329" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="G329" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I329" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J329" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K329" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L329" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M329" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N329" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O329" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P329" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A330" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E330" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F330" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="G330" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I330" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J330" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K330" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L330" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M330" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N330" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O330" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P330" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A331" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E331" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F331" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="G331" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I331" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J331" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K331" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L331" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M331" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N331" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O331" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P331" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A332" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E332" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F332" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="G332" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J332" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K332" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L332" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M332" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N332" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O332" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P332" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A333" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E333" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F333" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="G333" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I333" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J333" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K333" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L333" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M333" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N333" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O333" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P333" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A334" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E334" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F334" s="4" t="s">
+        <v>452</v>
+      </c>
+      <c r="G334" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I334" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J334" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K334" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L334" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M334" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N334" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O334" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P334" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A335" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C335" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E335" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F335" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="G335" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I335" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J335" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K335" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L335" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M335" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N335" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O335" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P335" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A336" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="E336" s="10">
+        <v>45814</v>
+      </c>
+      <c r="F336" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="G336" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...8 lines deleted...]
-      <c r="F21" s="2" t="s">
+      <c r="I336" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J336" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K336" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L336" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M336" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N336" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O336" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P336" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A337" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C337" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E337" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F337" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="G337" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I337" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J337" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K337" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L337" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M337" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N337" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O337" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P337" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A338" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E338" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F338" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="G338" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J338" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K338" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L338" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M338" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N338" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O338" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P338" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A339" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C339" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E339" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F339" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="G339" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I339" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J339" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K339" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L339" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M339" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N339" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O339" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P339" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A340" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B340" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C340" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E340" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F340" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="G340" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I340" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J340" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K340" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L340" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M340" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N340" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O340" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P340" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A341" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C341" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E341" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F341" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="G341" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J341" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K341" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L341" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M341" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N341" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O341" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P341" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A342" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C342" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E342" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F342" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="G342" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I342" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J342" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K342" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L342" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M342" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N342" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O342" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P342" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A343" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C343" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E343" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F343" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="G343" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I343" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J343" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K343" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L343" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M343" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N343" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O343" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P343" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A344" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C344" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E344" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F344" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="G344" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I344" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J344" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K344" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L344" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M344" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N344" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O344" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P344" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A345" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C345" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E345" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F345" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="G345" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="I345" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J345" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K345" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L345" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M345" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N345" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O345" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P345" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A346" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C346" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E346" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F346" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="G346" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I346" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J346" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K346" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L346" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M346" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N346" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O346" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P346" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A347" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C347" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="E347" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F347" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="G347" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="I347" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J347" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="K347" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L347" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="G21" s="5" t="s">
-[...28 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="M347" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N347" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O347" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P347" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A348" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C348" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E348" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F348" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="G348" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I348" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J348" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K348" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L348" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M348" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N348" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O348" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P348" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A349" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C349" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E349" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F349" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="G349" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I349" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J349" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K349" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L349" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M349" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N349" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O349" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P349" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A350" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C350" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E350" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F350" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="G350" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I350" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J350" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K350" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L350" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M350" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N350" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O350" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P350" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A351" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E351" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F351" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="G351" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J351" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K351" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L351" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M351" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N351" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O351" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P351" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A352" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E352" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F352" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="G352" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J352" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K352" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L352" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M352" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N352" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O352" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P352" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A353" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C353" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E353" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F353" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="G353" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A23" s="2" t="s">
+      <c r="I353" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J353" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K353" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L353" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M353" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N353" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O353" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P353" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A354" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E354" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F354" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="G354" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J354" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K354" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L354" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M354" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N354" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O354" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P354" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A355" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E355" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F355" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="G355" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="I355" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J355" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K355" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L355" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M355" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="N355" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O355" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P355" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A356" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B356" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C356" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E356" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F356" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="G356" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K356" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L356" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M356" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N356" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O356" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P356" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A357" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C357" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E357" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F357" s="4" t="s">
+        <v>487</v>
+      </c>
+      <c r="G357" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I357" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J357" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K357" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L357" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M357" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N357" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O357" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P357" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A358" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E358" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F358" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="G358" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I358" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J358" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K358" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L358" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M358" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N358" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O358" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P358" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A359" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E359" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F359" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="G359" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I359" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J359" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K359" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L359" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M359" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N359" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O359" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P359" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A360" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B360" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E360" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F360" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="G360" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J360" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K360" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L360" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M360" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N360" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O360" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P360" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A361" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B361" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E361" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F361" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="G361" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I361" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J361" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K361" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L361" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M361" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N361" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O361" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P361" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A362" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E362" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F362" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="G362" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I362" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J362" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K362" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L362" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M362" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N362" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O362" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P362" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A363" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E363" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F363" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="G363" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I363" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J363" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K363" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L363" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M363" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N363" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O363" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P363" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A364" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E364" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F364" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="G364" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J364" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K364" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L364" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M364" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N364" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O364" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P364" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A365" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B365" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E365" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F365" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="G365" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I365" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J365" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K365" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L365" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M365" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N365" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O365" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P365" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A366" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B366" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E366" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F366" s="4" t="s">
+        <v>496</v>
+      </c>
+      <c r="G366" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I366" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J366" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K366" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L366" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M366" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N366" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O366" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P366" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A367" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E367" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F367" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="G367" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I367" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J367" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K367" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L367" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M367" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N367" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O367" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P367" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A368" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="E368" s="10">
+        <v>45616</v>
+      </c>
+      <c r="F368" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="G368" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A24" s="2" t="s">
+      <c r="I368" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J368" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K368" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L368" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M368" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="N368" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O368" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P368" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A369" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E369" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F369" s="4" t="s">
+        <v>502</v>
+      </c>
+      <c r="G369" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I369" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J369" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K369" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L369" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M369" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N369" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O369" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P369" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A370" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E370" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F370" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="G370" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J370" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K370" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L370" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M370" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N370" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O370" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P370" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A371" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E371" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F371" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="G371" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I371" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J371" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K371" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L371" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M371" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N371" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O371" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P371" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A372" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E372" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F372" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="G372" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I372" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J372" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K372" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L372" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M372" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N372" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O372" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P372" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A373" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E373" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F373" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="G373" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I373" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J373" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K373" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L373" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M373" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N373" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O373" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P373" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A374" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E374" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F374" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="G374" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J374" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K374" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L374" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M374" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N374" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O374" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P374" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A375" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E375" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F375" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="G375" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I375" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J375" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K375" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L375" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M375" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N375" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O375" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P375" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A376" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E376" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F376" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="G376" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I376" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J376" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K376" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L376" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M376" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N376" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O376" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P376" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A377" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E377" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F377" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="G377" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J377" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K377" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L377" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M377" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N377" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O377" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P377" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A378" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E378" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F378" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="G378" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I378" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J378" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K378" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L378" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M378" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N378" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O378" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P378" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A379" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C379" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E379" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F379" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="G379" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I379" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J379" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K379" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L379" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M379" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N379" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O379" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P379" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A380" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B380" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C380" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E380" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F380" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="G380" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I380" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J380" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K380" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L380" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M380" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N380" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O380" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P380" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A381" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B381" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C381" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E381" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F381" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="G381" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A25" s="2" t="s">
+      <c r="I381" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J381" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K381" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L381" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M381" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N381" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O381" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P381" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A382" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B382" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C382" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E382" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F382" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="G382" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="I382" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J382" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K382" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L382" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M382" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N382" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O382" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P382" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A383" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B383" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C383" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E383" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F383" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="G383" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="I383" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J383" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K383" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L383" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M383" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N383" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O383" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P383" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A384" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B384" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C384" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E384" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F384" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="G384" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="I384" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J384" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K384" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L384" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M384" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N384" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O384" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P384" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A385" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B385" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C385" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E385" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F385" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="G385" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I385" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J385" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K385" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L385" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M385" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N385" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O385" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P385" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A386" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E386" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F386" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="G386" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I386" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J386" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K386" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L386" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M386" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N386" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O386" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P386" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A387" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="B387" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C387" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E387" s="10">
+        <v>45777</v>
+      </c>
+      <c r="F387" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="G387" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I387" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J387" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K387" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L387" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M387" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="N387" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O387" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P387" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A388" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B388" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C388" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E388" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F388" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="G388" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I388" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J388" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K388" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L388" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M388" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N388" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O388" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P388" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A389" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B389" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C389" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E389" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F389" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="G389" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I389" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J389" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K389" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L389" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M389" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N389" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O389" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P389" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A390" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B390" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C390" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E390" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F390" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="G390" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I390" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J390" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K390" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L390" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M390" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N390" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O390" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P390" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A391" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B391" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C391" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E391" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F391" s="4" t="s">
+        <v>530</v>
+      </c>
+      <c r="G391" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I391" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J391" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K391" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L391" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M391" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N391" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O391" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P391" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A392" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B392" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C392" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E392" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F392" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="G392" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I392" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J392" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K392" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L392" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M392" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N392" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O392" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P392" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A393" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B393" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C393" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E393" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F393" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="G393" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I393" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J393" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K393" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L393" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M393" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N393" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O393" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P393" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A394" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B394" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C394" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E394" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F394" s="4" t="s">
+        <v>533</v>
+      </c>
+      <c r="G394" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I394" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J394" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K394" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L394" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M394" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N394" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O394" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P394" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A395" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B395" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C395" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E395" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F395" s="4" t="s">
+        <v>534</v>
+      </c>
+      <c r="G395" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I395" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J395" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K395" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L395" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M395" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N395" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O395" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P395" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A396" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B396" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C396" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E396" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F396" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="G396" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J396" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K396" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L396" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M396" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N396" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O396" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P396" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A397" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B397" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C397" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E397" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F397" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="G397" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I397" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J397" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K397" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L397" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M397" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N397" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O397" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P397" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A398" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B398" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C398" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E398" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F398" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="G398" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="I398" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J398" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K398" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L398" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M398" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N398" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O398" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P398" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A399" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="B399" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="C399" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="E399" s="10">
+        <v>45818</v>
+      </c>
+      <c r="F399" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="G399" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I399" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J399" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K399" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L399" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M399" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="N399" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O399" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P399" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A400" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B400" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C400" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E400" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F400" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="G400" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J400" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K400" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L400" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M400" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N400" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O400" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P400" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A401" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B401" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C401" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E401" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F401" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="G401" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I401" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J401" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K401" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L401" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M401" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N401" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O401" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P401" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A402" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B402" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C402" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E402" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F402" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="G402" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I402" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J402" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K402" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L402" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M402" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N402" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O402" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P402" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A403" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B403" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C403" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E403" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F403" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="G403" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I403" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J403" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K403" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L403" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M403" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N403" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O403" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P403" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A404" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B404" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C404" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E404" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F404" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="G404" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I404" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J404" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K404" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L404" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M404" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N404" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O404" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P404" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A405" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B405" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C405" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E405" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F405" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="G405" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I405" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J405" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K405" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L405" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M405" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N405" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O405" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P405" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A406" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B406" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C406" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E406" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F406" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="G406" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I406" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J406" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K406" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L406" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M406" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N406" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O406" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P406" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A407" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B407" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C407" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E407" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F407" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="G407" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I407" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J407" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K407" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L407" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M407" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N407" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O407" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P407" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A408" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B408" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C408" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E408" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F408" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="G408" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I408" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J408" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K408" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L408" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M408" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N408" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O408" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P408" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A409" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B409" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C409" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E409" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F409" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="G409" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I409" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J409" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K409" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L409" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M409" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N409" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O409" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P409" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A410" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B410" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C410" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E410" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F410" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="G410" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="I410" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J410" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K410" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L410" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M410" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N410" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O410" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P410" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A411" s="4" t="s">
+        <v>539</v>
+      </c>
+      <c r="B411" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="C411" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="E411" s="10">
+        <v>45819</v>
+      </c>
+      <c r="F411" s="4" t="s">
+        <v>554</v>
+      </c>
+      <c r="G411" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I411" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J411" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="K411" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L411" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M411" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="N411" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O411" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P411" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A412" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B412" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C412" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E412" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F412" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="G412" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I412" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J412" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K412" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L412" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M412" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N412" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O412" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P412" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A413" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B413" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C413" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E413" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F413" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="G413" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I413" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J413" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K413" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L413" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M413" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N413" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O413" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P413" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A414" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B414" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C414" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E414" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F414" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="G414" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J414" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K414" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L414" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M414" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N414" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O414" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P414" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A415" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B415" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C415" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E415" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F415" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="G415" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I415" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J415" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K415" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L415" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M415" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N415" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O415" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P415" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A416" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B416" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C416" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E416" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F416" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="G416" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I416" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J416" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K416" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L416" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M416" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N416" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O416" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P416" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A417" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B417" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C417" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E417" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F417" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="G417" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I417" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J417" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K417" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L417" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M417" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N417" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O417" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P417" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A418" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B418" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C418" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E418" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F418" s="4" t="s">
+        <v>565</v>
+      </c>
+      <c r="G418" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I418" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J418" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K418" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L418" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M418" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N418" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O418" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P418" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A419" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B419" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C419" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E419" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F419" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="G419" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I419" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J419" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K419" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L419" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M419" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N419" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O419" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P419" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A420" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B420" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C420" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E420" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F420" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="G420" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I420" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J420" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K420" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L420" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M420" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N420" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O420" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P420" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A421" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B421" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C421" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E421" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F421" s="4" t="s">
+        <v>568</v>
+      </c>
+      <c r="G421" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I421" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J421" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K421" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L421" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M421" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N421" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O421" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P421" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A422" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B422" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C422" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E422" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F422" s="4" t="s">
+        <v>569</v>
+      </c>
+      <c r="G422" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I422" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J422" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K422" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L422" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M422" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N422" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O422" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P422" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A423" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B423" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C423" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E423" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F423" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="G423" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A28" s="2" t="s">
+      <c r="I423" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J423" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K423" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L423" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M423" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N423" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O423" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P423" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16" ht="60" x14ac:dyDescent="0.25">
+      <c r="A424" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="B424" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C424" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="E424" s="10">
+        <v>45810</v>
+      </c>
+      <c r="F424" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="G424" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I424" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J424" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="K424" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L424" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M424" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="N424" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O424" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P424" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A425" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B425" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C425" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E425" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F425" s="4" t="s">
+        <v>575</v>
+      </c>
+      <c r="G425" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I425" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J425" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K425" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L425" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M425" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N425" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O425" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P425" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="426" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A426" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B426" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C426" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E426" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F426" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="G426" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I426" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J426" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K426" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L426" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M426" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N426" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O426" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P426" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A427" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B427" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C427" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E427" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F427" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="G427" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I427" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J427" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K427" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L427" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M427" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N427" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O427" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P427" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A428" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B428" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C428" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E428" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F428" s="4" t="s">
+        <v>579</v>
+      </c>
+      <c r="G428" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I428" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J428" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K428" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L428" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M428" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N428" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O428" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P428" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A429" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B429" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C429" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E429" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F429" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="G429" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I429" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J429" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K429" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L429" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M429" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N429" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O429" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P429" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A430" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B430" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C430" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E430" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F430" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="G430" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I430" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J430" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K430" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L430" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M430" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N430" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O430" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P430" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A431" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B431" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C431" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E431" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F431" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="G431" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I431" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J431" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K431" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L431" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M431" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N431" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O431" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P431" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A432" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B432" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C432" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E432" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F432" s="4" t="s">
+        <v>583</v>
+      </c>
+      <c r="G432" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I432" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J432" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K432" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L432" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M432" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N432" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O432" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P432" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A433" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B433" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C433" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E433" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F433" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="G433" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I433" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J433" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K433" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L433" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M433" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N433" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O433" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P433" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="434" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A434" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B434" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C434" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E434" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F434" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="G434" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I434" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J434" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K434" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L434" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M434" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N434" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O434" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P434" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="435" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A435" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B435" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C435" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E435" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F435" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="G435" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I435" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J435" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K435" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L435" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M435" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N435" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O435" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P435" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="436" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A436" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B436" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C436" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E436" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F436" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="G436" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...40 lines deleted...]
-      <c r="A29" s="2" t="s">
+      <c r="I436" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J436" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K436" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L436" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M436" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N436" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O436" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P436" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="437" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A437" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B437" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C437" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E437" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F437" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="G437" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I437" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J437" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K437" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L437" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M437" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N437" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O437" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P437" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="438" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A438" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B438" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C438" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E438" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F438" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="G438" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="I438" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J438" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K438" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L438" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M438" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N438" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O438" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P438" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="439" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A439" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B439" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C439" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E439" s="10">
+        <v>45799</v>
+      </c>
+      <c r="F439" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="G439" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I439" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J439" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K439" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L439" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M439" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="N439" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O439" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P439" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="440" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A440" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B440" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C440" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E440" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F440" s="4" t="s">
+        <v>593</v>
+      </c>
+      <c r="G440" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I440" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J440" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K440" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L440" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M440" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N440" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O440" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P440" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="441" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A441" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B441" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C441" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E441" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F441" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="G441" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I441" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J441" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K441" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L441" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M441" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N441" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O441" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P441" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A442" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B442" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C442" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E442" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F442" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="G442" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I442" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J442" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K442" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L442" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M442" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N442" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O442" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P442" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A443" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B443" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C443" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E443" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F443" s="4" t="s">
+        <v>597</v>
+      </c>
+      <c r="G443" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I443" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J443" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K443" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L443" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M443" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N443" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O443" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P443" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="444" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A444" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B444" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C444" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E444" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F444" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="G444" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I444" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J444" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K444" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L444" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M444" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N444" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O444" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P444" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="445" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A445" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B445" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C445" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E445" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F445" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="G445" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I445" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J445" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K445" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L445" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M445" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N445" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O445" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P445" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="446" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A446" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B446" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C446" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E446" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F446" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="G446" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I446" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J446" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K446" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L446" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M446" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N446" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O446" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P446" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="447" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A447" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B447" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C447" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E447" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F447" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="G447" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I447" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J447" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K447" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L447" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M447" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N447" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O447" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P447" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="448" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A448" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B448" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C448" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E448" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F448" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="G448" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I448" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J448" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K448" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L448" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M448" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N448" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O448" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P448" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="449" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A449" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B449" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C449" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E449" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F449" s="4" t="s">
+        <v>603</v>
+      </c>
+      <c r="G449" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I449" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J449" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K449" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L449" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M449" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N449" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O449" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P449" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="450" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A450" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B450" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C450" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E450" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F450" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="G450" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I450" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J450" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K450" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L450" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M450" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N450" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O450" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P450" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="451" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A451" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B451" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C451" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E451" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F451" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="G451" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="I451" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J451" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K451" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L451" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M451" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N451" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O451" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P451" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="452" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A452" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B452" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C452" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E452" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F452" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="G452" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...275 lines deleted...]
-      <c r="G35" s="5" t="s">
+      <c r="I452" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J452" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K452" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L452" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M452" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N452" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O452" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P452" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="453" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A453" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B453" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C453" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E453" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F453" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="G453" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I453" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J453" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K453" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L453" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M453" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N453" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O453" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P453" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="454" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A454" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B454" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C454" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E454" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F454" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="G454" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I454" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J454" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K454" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L454" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M454" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N454" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O454" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P454" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="455" spans="1:16" ht="45" x14ac:dyDescent="0.25">
+      <c r="A455" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B455" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C455" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E455" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F455" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="G455" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="I455" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J455" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K455" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L455" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M455" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N455" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O455" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P455" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="456" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A456" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B456" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C456" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E456" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F456" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="G456" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="I35" s="4" t="s">
-[...213 lines deleted...]
-      <c r="F40" s="2" t="s">
+      <c r="I456" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J456" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K456" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L456" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M456" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N456" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O456" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P456" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16" ht="30" x14ac:dyDescent="0.25">
+      <c r="A457" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B457" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C457" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="E457" s="10">
+        <v>45792</v>
+      </c>
+      <c r="F457" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="G457" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="G40" s="5" t="s">
-[...16967 lines deleted...]
-        <v>26</v>
+      <c r="I457" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J457" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K457" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L457" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M457" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="N457" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O457" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P457" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="95bbe9d3-29db-4f7a-aa0a-d1ed6fa5bf45"/>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002B07FE97F4B7F2419318C8992EEF49FE" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7ca080e2904f1298d41d4fd431cbc07a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3cf5cc47-b3a9-4eb9-929f-9d173dcbd4f4" xmlns:ns3="01e42997-4164-4001-9ef5-229df3311178" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43bfeefe44bf75e0cd7193c3dc50ccc9" ns2:_="" ns3:_="">
+    <xsd:import namespace="3cf5cc47-b3a9-4eb9-929f-9d173dcbd4f4"/>
+    <xsd:import namespace="01e42997-4164-4001-9ef5-229df3311178"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3d3d50b4-b8fc-4b7c-9f2e-8829afe4c622" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3cf5cc47-b3a9-4eb9-929f-9d173dcbd4f4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="651d7b9f-4f01-466a-b22b-a2a7f83b3f0a" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="95bbe9d3-29db-4f7a-aa0a-d1ed6fa5bf45" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="01e42997-4164-4001-9ef5-229df3311178" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b40c9e63-227e-4b78-bd4c-1dbddfd990d0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="95bbe9d3-29db-4f7a-aa0a-d1ed6fa5bf45">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{782ef092-cd88-4923-8379-9110f2d84b5f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="01e42997-4164-4001-9ef5-229df3311178">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -21182,141 +22643,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3cf5cc47-b3a9-4eb9-929f-9d173dcbd4f4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="01e42997-4164-4001-9ef5-229df3311178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D03F522-6A6C-4BB9-8B0F-931ADF84B25F}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AFC2D80-BA61-4C45-85F1-ABF4675AF571}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCE52229-268E-43D9-A1D9-B49B5E22B303}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48DB7228-57FE-47A2-AF31-F3E7ED106A52}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25B278C6-FA5C-4C09-A396-7880694578E8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>VoteTable</vt:lpstr>
       <vt:lpstr>VoteTable!VoteTableHeader</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Kallies, Jack R</dc:creator>
+  <dc:creator>Narvett, Justin D</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_SetDate">
-    <vt:lpwstr>2024-08-22T18:01:59Z</vt:lpwstr>
+    <vt:lpwstr>2025-08-20T19:08:02Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_Name">
     <vt:lpwstr>Confidential Information</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_SiteId">
     <vt:lpwstr>eef95730-77bf-4663-a55d-1ddff9335b5b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_ActionId">
-    <vt:lpwstr>03fc4e42-f53c-4f07-9be0-b03441733b4f</vt:lpwstr>
+    <vt:lpwstr>3bb11111-d752-4a60-9d6a-c0a778871cab</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_6d43cf97-98f5-41f6-96d9-b3de720db551_Enabled">
-    <vt:lpwstr>true</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_320df1db-9955-4087-a541-42c2f5a9332e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_6d43cf97-98f5-41f6-96d9-b3de720db551_SetDate">
-[...15 lines deleted...]
-    <vt:lpwstr>0</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x0101002B07FE97F4B7F2419318C8992EEF49FE</vt:lpwstr>
   </property>
 </Properties>
 </file>